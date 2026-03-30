--- v0 (2026-03-22)
+++ v1 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7232" uniqueCount="3570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7832" uniqueCount="3860">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -72,120 +72,132 @@
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Lucas Galvão da Cruz</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7866/oficio_no_009_-_mensagem_de_veto_integral_ao_projeto_de_lei_no_063_-_cmcn.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto ao Projeto de Lei nº 063/2025, que “Institui o Programa de Apoio e Inclusão aos Catadores de Materiais Recicláveis em Festividades Públicas”.</t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Poder Executivo</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8248/projeto_de_lei_complementar_01.2026_-.pdf</t>
   </si>
   <si>
-    <t>PROJETO DE LEI COMPLEMENTAR Nº 01 DE 06 DE FEVEREIRO DE 2026: Revoga o inciso IV do art. 121 da Lei Complementar nº 012, de 28 de dezembro de 2018, que institui o Código Tributário do Município de Currais Novos, e dá outras providências.</t>
+    <t>Revoga o inciso IV do art. 121 da Lei Complementar nº 012, de 28 de dezembro de 2018, que institui o Código Tributário do Município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Poder Executivo</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8219/projeto_de_lei_01.2026_-_salario_minimo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a reajustar e equiparar ao salário mínimo a cargos específicos dos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>8295</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8295/projeto_de_lei_02.2026_-_abono.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Abono de natureza não salarial temporário e dá outras providências.</t>
   </si>
   <si>
     <t>8298</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8298/projeto_de_lei_03.2026_-_reajuste_dos_professores.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reajustar o salário dos professores da rede municipal de ensino, no valor global de 5,40% a partir de janeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>8436</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8436/projeto_de_lei_04.2026_-_revogacao_de_leis.pdf</t>
   </si>
   <si>
-    <t>PROJETO DE LEI Nº 004, DE 26 DE FEVEREIRO DE 2026: “Revoga dispositivos das Leis nº 1.134, de 27 de novembro de 1989, nº 3.101, de 17 de janeiro de 2014, nº 1.664, de 25 de fevereiro de 2005, e nº 1.666, de 25 de fevereiro de 2005, que autorizam a contratação temporária de servidores no âmbito do Município de Currais Novos/RN, e dá outras providências.”</t>
+    <t>Revoga dispositivos das Leis nº 1.134, de 27 de novembro de 1989, nº 3.101, de 17 de janeiro de 2014, nº 1.664, de 25 de fevereiro de 2005, e nº 1.666, de 25 de fevereiro de 2005, que autorizam a contratação temporária de servidores no âmbito do Município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>8317</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - Poder Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDR</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8317/pl_-_lei_complementar.docx_-_google_docs_2_2.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 015, de 17 de agosto de 2021.</t>
+  </si>
+  <si>
+    <t>8683</t>
+  </si>
+  <si>
+    <t>Mattson Ranier</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8683/projeto_de_lei_complementar_-_altera_a_lei_complementar_no_020_de_20_de_dezembro_de_2024.docx_2.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 020, de 20 de dezembro de 2024, que dispõe sobre mecanismos de incentivo à atividade tecnológica e inovativa no Município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>7924</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Poder Legislativo</t>
   </si>
   <si>
     <t>Itamar Júnior</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7924/projeto_de_lei_itamar_familia_sem_poera._assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal “Família Sem Poeira”, com _x000D_
 diretrizes voltadas à mitigação dos impactos da atividade _x000D_
 minerária sobre a saúde e as condições de moradia, sem _x000D_
 geração de despesa obrigatória ao Município.</t>
   </si>
   <si>
     <t>7928</t>
   </si>
@@ -467,53 +479,50 @@
   </si>
   <si>
     <t>Institui a Política Municipal de Incentivo à_x000D_
 Iniciação Teatral no Município de Currais_x000D_
 Novos e dá outras providências.</t>
   </si>
   <si>
     <t>8390</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8390/projeto_de_lei_programa_saude_mental_nas_escolas.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE PROMOÇÃO DA SAÚDE MENTAL NO ÂMBITO DA REDE PÚBLICA DE ENSINO NO MUNICÍPIO DE CURRAIS NOVOS/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8437</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>Mattson Ranier</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8437/projeto_de_lei_-_lei_da_meia_entrada_e_acesso_prioritario.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o benefício da meia-entrada para pessoas transplantadas, doadores de órgãos, tecidos, sangue, plaquetas e medula óssea em espetáculos culturais, artísticos e esportivos realizados no âmbito do Município de Currais Novos, prioridade no acesso aos eventos e dá outras providências.</t>
   </si>
   <si>
     <t>8469</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8469/projeto_de_lei_-_torna_de_utilidade_publica_municipal_a_agencia_de_desenvolvimento_sustentavel_do_territorio_do_geoparque_serido_5.pdf</t>
   </si>
   <si>
     <t>Torna de Utilidade Pública Municipal a Agência de Desenvolvimento Sustentável do Território do Geoparque Seridó.</t>
   </si>
   <si>
     <t>8470</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8470/projeto_de_lei_-_dia_municipal_do_doador_de_medula_ossea.pdf</t>
@@ -713,50 +722,138 @@
     <t>Dispõe sobre a alteração da denominação da Escola Municipal Presidente Castelo Branco para “Escola Municipal Professor Simão Luiz dos Santos”, no município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>8546</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8546/projeto_combustivel_5_ass.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de utilização de mangueiras transparentes nas bombas de combustíveis em postos de abastecimento e dá outras providências.</t>
   </si>
   <si>
     <t>8601</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8601/pl_logradouro_.docx_-_google_docs.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios e procedimentos para a denominação, alteração, substituição ou renomeação de logradouros, bairros e prédios públicos municipais no âmbito do Município de Currais Novos/RN, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8634</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8634/pl_diretrizes_de_patrimonio_.docx_1.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece diretrizes para a declaração de Patrimônio Cultural, Histórico, Ambiental, Paisagístico, Turístico ou Religioso, de natureza material ou imaterial, no âmbito do Município de Currais Novos/RN, fixa requisitos, critérios e procedimento para o reconhecimento de bens, manifestações, lugares, eventos e referências culturais locais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8635</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8635/projeto_de_lei_a_coleta_continua_de_lixo_eletronico_de_pequeno_porte_nas_escolas_publicas.._assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a coleta contínua de lixo eletrônico de _x000D_
+pequeno porte nas escolas públicas e privadas do _x000D_
+Município de Currais Novos/RN e dá outras _x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>8644</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8644/modelo_de_projeto_de_decreto_legislativo_00_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do programa trânsito solidário no âmbito do Município de Currais Novos/RN e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8645</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8645/pl_observatorio.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Observatório Geográfico Municipal de_x000D_
+Currais Novos (OGMCN), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8666</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8666/pl_-_diretrizes_para_utilidade_publica.docx_-_google_docs.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre normas e diretrizes para a declaração de Utilidade Pública Municipal de instituições, associações, fundações e demais entidades privadas sem fins lucrativos no âmbito do Município de Currais Novos/RN, estabelece requisitos temporais, objetivos, comprobatórios e documentais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8669</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8669/projeto_de_lei_-_nome_de_rua_01.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder Executivo Municipal a nomear de Francisca das Vitórias Felipe da Silva a via pública paralela à Rua Mimosa Leite, e próxima a rua Presidente Costa e Silva, no bairro Gilberto Pinheiro, município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8682</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8682/projeto_qr_cold_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de Código QR nas placas de obras públicas municipais para fins de transparência e fiscalização eletrônica.</t>
   </si>
   <si>
     <t>8078</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8078/pdl_001_2026_-_titulo_de_honra_ao_merito_jose_siderley_de_menezes_.docx.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito José Siderley de Menezes à senhora Érica Ribeiro.</t>
   </si>
   <si>
     <t>8387</t>
   </si>
   <si>
     <t>Cleyber Trajano</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8387/titulo_de_cidadania_curraisnovense_-_rita_sena.pdf</t>
   </si>
@@ -1192,123 +1289,102 @@
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Caio Pedro dos Santos Silva, a reforma da caixa de água no Parque José Bezerra de Araújo, localizado no bairro Walfredo Galvão, próximo a UFRN, na Zona Urbana Currais Novos/RN.</t>
   </si>
   <si>
     <t>7753</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7753/indicacao_011_calcamento_rua_estanho.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva, o complemento da pavimentação da Rua do Estanho, bairro Jk, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>7754</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7754/indicacao_12-limpeza_nas_bueirasruas_padre_anchieta_felipe_camarao_e_jose_bento_de_souza.pdf</t>
   </si>
   <si>
     <t>Sugere, ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário de Infraestrutura, Caio Pedro dos Santos Silva, serviço de limpeza nas bueiras, das Ruas Padre Anchieta, Felipe Camarão e José Bento de Souza, bairro Santa Maria Gorete, na Zona Urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>7755</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7755/indicacao_013_redutor_de_velocidade__da_rua_tomas_silveira.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva, a instalação de redutor de velocidade na Rua Tomas Silveira, bairro Centro, próximo a residência de nº 124, na Zona Urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>7756</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7756/indicacao_014_mutirao_de_limpeza_bairro_santa_maria_gorete.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva, que seja realizado um mutirão de limpeza, no bairro Santa Maria Gorete, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>7757</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7757/indicacao_015_refaca_o_calcamento_deteriorado_da_rua_zulu_galvao.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva, que refaça o calçamento deteriorado da Rua Zulu Galvão, no bairro Centro, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>7758</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7758/indicacao_016_servico_de_limpeza_de_mato_predio_do_caic.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva, serviço de limpeza de mato e retirada de entulho na lateral do Prédio do Caic, situado a Rua Iracema Emília Dantas, 305, Bairro Manoel Salustino, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>7759</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7759/indicacao_018__troca_do_poste_no_aa26272_na_rua_joao_alfredo.pdf</t>
   </si>
   <si>
     <t>Sugere, ao Diretor da COSERN, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva, a troca do poste nº AA26272, na Rua João Alfredo, bairro Centro, em frente à casa de nº 222, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>7760</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7760/indicacao_019_-pavimentacao_da_rua_principal_da_comunidade_negros_do_riacho.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbano, Caio Pedro dos Santos Silva a pavimentação da Rua principal da Comunidade Negros do Riacho, até a imediação da capela e uma pequena praça, na Zona Rural de Currais Novos.</t>
   </si>
   <si>
     <t>7761</t>
-  </si>
-[...1 lines deleted...]
-    <t>49</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7761/indicacao_021-a_restauracao_do_largo_junior_toscan.pdf</t>
   </si>
   <si>
     <t>Sugere, ao Senhor Prefeito Lucas Galvão da Cruz, extensivo ao Secretário de Educação e Cultura, Jorian Pereira dos Santos, a restauração do Largo Junior Toscano, como também uma rede de proteção (acima da tela), na quadra de esporte, um horário para pratica de esporte da referida quadra e um portão para fechar a quadra ao término dos jogos, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>7762</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7762/indicacao_06_indicacao_placa_de_pare_assinada.pdf</t>
   </si>
   <si>
     <t>Sugere, ao Senhor Prefeito Lucas Galvão da Cruz e_x000D_
 extensivo a Srª Sheila Suerda na 4ª CIRETRAN,_x000D_
 Placa de sinalização “PARE” na esquina das ruas_x000D_
 Presidente costa e Silva e a Tomaz de Araújo, no_x000D_
 Bairro Gilberto Pinheiro nesta cidade de Currais_x000D_
 Novos/RN.</t>
   </si>
   <si>
@@ -10830,50 +10906,834 @@
   <si>
     <t>8614</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8614/indicacao_241_carro_fumasse_para_diminuir_as_muricocas_da_mina_brejui.pdf</t>
   </si>
   <si>
     <t>Sugere ao Excelentíssimo Prefeito Lucas Galvão da Cruz, extensivo a Secretária Municipal de Saúde, Allana de Moraes Garcia, o serviço do carro fumacê para diminuir as muriçocas, da Mina Brejuí, no município de Currais Novos.</t>
   </si>
   <si>
     <t>8615</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8615/indicacao_242_deputado_ezequiel_emenda_parlamentar_para_a_construcao_de_passagens_molhada_no_sitio_terra_nova_nas_comunidades.pdf</t>
   </si>
   <si>
     <t>Sugere ao Senhor Deputado Estadual Ezequiel Galvão Ferreira de Souza, emenda parlamentar para a construção de passagens molhada no Sitio Terra Nova, nas comunidades, Santo André, Santana, Olho d’água dos Brandao, São Luiz, Santa Rita, São Miguel, São Sebastiao, Catunda, Maxinare, no município de Currais Novos/RN.</t>
   </si>
   <si>
+    <t>8616</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8616/modelo_de_indicacao_89_academia_gilberto_pinheiro_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretária Municipal de Saúde Alana Moraes. Que seja implantada uma Academia Popular na rua Chiquinho Viana com a Rua Laurindo Escrivão no Bairro Gilberto Pinheiro nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8617</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8617/indicacao_125_-_instalacao_de_lixeiras_de_alta_capacidade_na_comunidade_manicoba._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, extensivo ao Senhor Secretário Municipal de Infraestrutura e Serviços Urbanos, Caio Pedro dos Santos Silva, que seja providenciada a instalação de lixeiras de alta capacidade nas proximidades da lanchonete de Maroca e próximo a residência de Andryer, situados na comunidade Maniçoba, na zona rural do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8618</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8618/refletores_raul_macedo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led da rua Raul Macêdo no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8619</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8619/rua_maria_galvao_chacon.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a complementação da pavimentação da Rua Maria Galvão Chacon no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8620</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8620/indicacao_058_-_melhorias_praca_stoessel_augusto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Adequação da Praça Pública da Rua Stoessel Augusto para realização de eventos no bairro JK, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8621</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8621/indicacao_062_-_passagem_molhada_rua_marta_claudino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de passagem molhada na Rua Professora Marta Claudino, no bairro JK, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8622</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8622/indicacao_066_-_muda_de_arvores_frutiferas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Distribuição de mudas de árvores frutíferas para a população de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8623</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8623/indicacao_071_-_construcao_de_lombada_na_rua_presidente_costa_e_silva_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de lombada na Rua Presidente Costa e Silva, no bairro Gilberto Pinheiro, em Currais Novos/RN</t>
+  </si>
+  <si>
+    <t>8624</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8624/indicacao_061_-_remocao_de_entulhos_rua_bitonia_salustino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e retirada de entulhos no terreno localizado em frente à Rua Bitônia Salustino, bairro Parque Dourado, no município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8625</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8625/indicacao_064_-_placa_identificadora_posto_marlene_ricardo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de fachada com placa identificadora no Posto de Saúde Marlene Ricardo, no bairro JK, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8626</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8626/indicacao_063_-_reforma_silvio_bezerra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da Escola Estadual Dr. Silvio Bezerra de Melo, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8627</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8627/indicacao_067_-_instalacao_de_placas_de_sinalizacao_indicando_o_acesso_a_central_do_cidadao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de placas de sinalização indicando o acesso à Central do Cidadão, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8628</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8628/indicacao_070_-_criacao_de_programa_de_incentivo_ao_plantio_de_hortalicas_nas_escolas_da_rede_municipal_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Criação de programa de incentivo ao plantio de hortaliças nas escolas da rede municipal de ensino de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8629</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8629/indicacao_075_-_construcao_de_lombada_na_rua_elias_fernandes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Construção de lombada na Rua Elias Fernandes, no bairro JK, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8630</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8630/indicacao_073_-_instalacao_e_ampliacao_de_coletores_de_lixo_nas_pracas_desembargador_tomaz_salustino_e_cristo_rei_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação/ampliação de coletores de lixo nas Praças Desembargador Tomaz Salustino e Cristo Rei, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8631</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8631/indicacao_072_-_instalacao_e_ampliacao_de_coletores_de_lixo_na_praca_tete_salustino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação/ampliação de coletores de lixo na Praça Tetê Salustino, no bairro Manoel Salustino, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8632</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8632/cemiterio_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja realizada a reconstrução da calçada do Cemitério Sant’Ana no Centro da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8633</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8633/cemiterio_iluminacao_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a iluminação em refletores de Led no interior e a frente do Cemitério Nossa Senhora de Fatima no Bairro Paizinho Maria nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8636</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8636/indicacao_065_-_coletores_de_lixo_-_praca_largo_junior_toscano_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Instalação e ampliação de coletores de lixo na Praça Largo Júnior Toscano, no bairro JK, em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8637</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8637/indicacao_10_-_calcamento_na_rua_sebastiao_faustino_da_silva_radir_pereira..docx.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Municipal – Sr. Lucas Galvão da Cruz - Secretário Municipal de Infraestrutura e serviços urbanos – o Sr. Caio Pedro dos Santos Silva – calçamento na Rua Sebastião Faustino da Silva, Radir Pereira.</t>
+  </si>
+  <si>
+    <t>8638</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8638/indicacao_012_-_coleta_de_lixo_bom_sucesso.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbanos Caio Pedro dos Santos Silva, a implantação da coleta regular de lixo de pelo menos uma vez por semana, na Comunidade Bom Sucesso, zona rural do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8639</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8639/indicacao_126_-_instalacao_de_refletores_de_led_na_rua_candido_mendes2c_santa_maria_gorete-centro._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, extensivo ao Senhor Secretário Municipal de Infraestrutura e Serviços Urbanos, Caio Pedro dos Santos Silva, que seja realizada a instalação de refletores de LED na Rua Cândido Mendes, situada entre os bairros Santa Maria Gorete e Centro, na zona urbana do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8640</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8640/indicacao_128_-_construcao_de_um_ginasio_poliesportivo_no_povoado_malhada_da_areia._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, extensivo ao Senhor Secretário Municipal de Infraestrutura e Serviços Urbanos, Caio Pedro dos Santos Silva, e ao Senhor Secretário Municipal de Esportes e Lazer, Sueid Rusk Bezerra Lins, que seja realizada a construção de um ginásio poliesportivo no povoado Malhada da Areia, na zona rural do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8641</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8641/indicacao_15_de_23_de_marco_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, a Pavimentação da Rua: Dr. Alberto Macedo, no Bairro Radir Pereira.</t>
+  </si>
+  <si>
+    <t>8642</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8642/indicacao_17_de_23_de_marco_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, extensivo ao senhor Secretário de Infraestrutura e Serviços Urbanos, Caio Pedro da Silva, a Limpeza, a Retirada de Vegetação e a Manutenção do Parque Infantil da Praça “Estelina de Albuquerque Othon”, no Bairro Sílvio Bezerra de Melo.</t>
+  </si>
+  <si>
+    <t>8643</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8643/indicacao_16_de_23_de_marco_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, a Passagem de Maquina em Regime de Urgência na Rua: Maria Zuleide de Medeiros, no Bairro Dr.José Bezerra.</t>
+  </si>
+  <si>
+    <t>8646</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8646/indicacao_129_-_instalacao_refletores_de_led_na_rua_dede_candido2c_silvio_bezerra_de_melo._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz e ao Senhor Secretário Municipal de Infraestrutura e Serviços Urbanos, Caio Pedro dos Santos Silva, que seja realizada a instalação de refletores de LED na Rua Dedé Cândido, localizada no bairro Sílvio Bezerra de Melo, na zona urbana do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8647</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8647/indicacao_013_-_pavimentacao_bom_sucesso_1.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Lucas Galvão da Cruz, extensivo ao Secretário Municipal de Infraestrutura e Serviços Urbanos Caio Pedro dos Santos Silva, a pavimentação da Via Principal, na Comunidade Bom Sucesso, zona rural do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8648</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8648/refletores_de_led_luiz_lopes_neto_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Rua Luiz Lopes Neto no Bairro Dr José Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8649</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8649/complementacao_da_pavimentacao_professora_creuza_bezerraassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a complementação da pavimentação da Rua Professora Creuza Bezerra no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8650</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8650/indicacao_078.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Exmo. Sr. Prefeito Lucas Galvão da Cruz._x000D_
+e ao Sr. Jorian Pereira dos Santos, Secretário_x000D_
+Municipal de Educação, à reforma de canteiros e_x000D_
+instalação de bancos na frente da Escola Municipal_x000D_
+Francisco Rosa.</t>
+  </si>
+  <si>
+    <t>8651</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8651/indicacao_130_-_instalacao_de_refletores_de_led_na_rua_lourival_lourenco_dantas2c_manoel_salustino._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz e ao Senhor Secretário Municipal de Infraestrutura e Serviços Urbanos, Caio Pedro dos Santos Silva, que seja realizada a instalação de refletores de LED na Rua Lourival Lourenço Dantas, localizada no bairro Manoel Salustino, na zona urbana do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8652</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8652/pavimentacao_francisca_arcanjo_de_oliveira_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a pavimentação da Rua Francisca Arcanjo de Oliveira no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8653</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8653/pavimentacao_manoel_lopes_galvao_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a pavimentação da Rua Manoel Lopes Galvão no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8654</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8654/refletores_de_led_francisca_arcanjo_de_oliveira_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Francisca Arcanjo de Oliveira no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8655</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8655/manutencao_basica_da_rua_manoel_severino_neto_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a manutenção básica na Rua Manoel Severino Neto no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8656</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8656/refletores_de_manoel_vicente_refletores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Manoel Vicente no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8657</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8657/refletores_de_manoel_vicente_refletoresassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Rua Severino Mendes no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8658</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8658/refletores_de_ludemario_max_refletoresassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Rua Ludemário Max no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8659</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8659/pavimentacao_antonio_zizaassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a pavimentação da Rua Antônio Ziza no Bairro Silvio Bezerra nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8660</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8660/indicacao_131_-_cursos_de_formacao_destinados_a_comunidade_malhada_de_dentro._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, extensivo à Senhora Secretária Municipal de Trabalho, Habitação e Assistência Social, Lidiane Gislayne da Silva, a realização de cursos de formação nas áreas de corte e costura, artesanato, produção de doces e salgados, corte de cabelo e manicure, destinados à comunidade Malhada de Dentro, localizada na zona rural do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8662</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8662/indicacao_080.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Exmo. Sr. Prefeito Lucas Galvão e à Senhora Lidiane Gislayne da Silva, Secretaria Municipal de Trabalho, Habitação e Assistência Social (SEMTHAS), à Implantação do “Jantar Popular/Cozinha Solidária”, nos bairros Silvio Bezerra de Melo, Alto de Santa Rita e Paizinho Maria.</t>
+  </si>
+  <si>
+    <t>8663</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8663/parque_creche_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Educação Jorian Pereira dos Santos. Que seja feita a implantação de um parque Infantil na Creche Margarida Cunha no Bairro JK nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8664</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8664/indicacao_18_de_25_de_marco_de_2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, a Recuperação das Estradas Vicinais da Comunidade Cachoeira, na zona rural do município de Currais Novos.</t>
+  </si>
+  <si>
+    <t>8667</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8667/cobertura_creche_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Educação Jorian Pereira dos Santos e ao Srº Caio Pedro dos Santos Silva Secretario de Infraestrutura e serviços Urbanos. Que seja feita a implantação de uma cobertura para parque infantil na Creche Margarida Cunha no Bairro JK nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8668</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8668/020_-_transparencia_na_utilizacao_dos_recursos_do_cfem.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Exmo. Sr. Prefeito, Lucas Galvão da Cruz, que disponibilize, em portal específico ou seção destacada no Portal da Transparência, informações detalhadas sobre os valores recebidos mensalmente a título de CFEM.</t>
+  </si>
+  <si>
+    <t>8670</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8670/pintura_francisco_rosa_e_crecheassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Educação Jorian Pereira dos Santos e ao Srº Caio Pedro dos Santos Silva Secretario de Infraestrutura e serviços Urbanos. Que seja feita a pintura da Escola Municipal Professor Francisco Rosa e da Creche Criança Feliz no Bairro Gilberto Pinheiro nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8671</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8671/indicacao_136_-_pavimentacao_da_rua_jose_sales_sobrinho2c_manoel_salustino._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz, extensivo ao Senhor Secretário Municipal de Infraestrutura e Serviços Urbanos, Caio Pedro dos Santos Silva, que seja providenciada a complementação da pavimentação da Rua José Sales Sobrinho, localizada no bairro Manoel Salustino, na zona urbana do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8672</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8672/refletores_de_led_moises_galvaoassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Rua Moisés Galvão no Bairro Gilberto Pinheiro nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8673</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8673/refletores_manoel_moura_2assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led da rua Manoel Moura no Bairro Santa Manoel Salustino nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8674</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8674/refletores_de_led_jose_veceslauassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na Rua José Venceslau no Bairro Manoel Salustino nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8675</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8675/pavimentacao_joao_honorato_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a pavimentação da Rua João Honorato no Bairro Manoel Salustino nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8676</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8676/manutencao_basica_da_rua_minerador_manoel_izidioassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a manutenção básica na Rua Minerador Manoel Izidio no Bairro Manoel Salustino nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8677</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8677/refletores_minerador_m_izidioassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led da rua Minerador Manoel Izidio no Bairro Santa Manoel Salustino nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8678</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8678/refletores_de_led_damiao_azevedoassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led da rua Damião Azevêdo no Bairro Santa Manoel Salustino nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8679</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8679/refletores_de_ze_mulatinhoassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na rua Zé Mulatinho no Bairro Parque das Pedras nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8680</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8680/complementacao_ze_galvaoassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e Serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a Complementação da Pavimentação Asfáltica na Rua Zé Galvão no Bairro Antônio Rafael da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8681</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8681/refletores_de_operario_joao_eduardoassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja instalado refletores de Led na rua Operário João Eduardo da Fonsêca no Bairro Gilberto Pinheiro nesta da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8684</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8684/ponto_de_internetassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e Serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a implantação de um ponto de acesso gratuito á Internet (Wi-Fi) no Largo Mariano Guimarães, com financiamento do Poder Público Municipal no Centro nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8685</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8685/cimentacao_da_terreno_baldio_francisco_rosa_2assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário Municipal de Educação Jorian Pereira dos Santos e ao Srº Caio Pedro dos Santos Silva Secretario de Infraestrutura e serviços Urbanos. Que seja feita a cimentação do terreno baldio por trás da Escola Municipal Professor Francisco Rosa pertencente a mesma no Bairro Gilberto Pinheiro nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8686</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8686/indicacao_132_-_climatizacao_da_escola_municipal_salustiano_medeiros..pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz e ao Senhor Secretário Municipal de Educação, Jorian Pereira dos Santos, que seja providenciada a climatização das salas de aula da Escola Municipal Salustiano Medeiros, na zona urbana do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8687</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8687/complementacao_joao_alfredoassinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a Complementação da Pavimentação Asfáltica na Rua João Alfredo no Bairro Gilberto Pinheiro nesta cidade de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8688</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8688/indicacao_133_-_implantacao_de_um_laboratorio_de_ciencias_na_escola_municipal_salustiano_medeiros..pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Excelentíssimo Senhor Prefeito Municipal, Lucas Galvão da Cruz e ao Senhor Secretário Municipal de Educação, Jorian Pereira dos Santos, a adoção de providências visando à implantação de um laboratório de Ciências na Escola Municipal Salustiano Medeiros, na zona urbana do município de Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8689</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8689/complementacao_pavimentacao_asfaltica_alcindo_gomes3assinada.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Lucas Galvão da Cruz e extensivo ao Secretário de Infraestrutura e serviços Urbanos Caio Pedro dos Santos Silva. Que seja feita a Complementação da Pavimentação Asfáltica na Rua Prefeito Alcindo Gomes no Bairro Manoel Salustino da cidade em Currais Novos/RN.</t>
+  </si>
+  <si>
+    <t>8690</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8690/indicacao_12_-_vistoria_e_se_necessario_a_troca_de_um_poste_de_no_aa16573_na_rua_prefeito_alcindo_gomes_bairro_manoel_salustino.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Municipal – Sr. Lucas Galvão da Cruz - Secretário Municipal de Infraestrutura e serviços urbanos – o Sr. Caio Pedro dos Santos Silva, extensivo ao Diretor da COSERN - uma vistoria e se necessário a troca de um poste de nº AA16573, na rua Prefeito Alcindo Gomes, bairro Manoel Salustino.</t>
+  </si>
+  <si>
     <t>7776</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7776/mocao_01.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Pesar aos familiares do senhor Manoel da Silva, tendo em vista o seu falecimento, ocorrido em 01 de janeiro de 2026.</t>
   </si>
   <si>
     <t>7923</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7923/mocao_02.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Pesar aos familiares da Senhora Francisca das Vitórias Felipe da Silva, tendo em vista o seu falecimento, ocorrido em 07 de janeiro de 2026.</t>
   </si>
   <si>
     <t>8145</t>
@@ -11154,90 +12014,108 @@
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8597/62_sebastiao_balbino.docx.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Parabéns ao Senhor Sebastião Balbino da Silva, tendo em vista a passagem de sua data natalícia, ocorrida em 12 de março de 2026.</t>
   </si>
   <si>
     <t>8598</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8598/63_ester.docx.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Parabéns a Senhorita Esther Valentina Santos Trajano Silva, tendo em vista a passagem de sua data natalícia, ocorrida em 12 de março de 2026.</t>
   </si>
   <si>
     <t>8599</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8599/64_carlos_eduardo.docx.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Parabéns ao Senhor Carlos Eduardo Amâncio Costa, tendo em vista a passagem de sua data natalícia, ocorrida em 12 de março de 2026.</t>
   </si>
   <si>
+    <t>8661</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8661/mocao_no_001_-_luiz_fernando_dias_-_aplausos.docx.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja consignada em ata uma Moção de Parabéns ao Senhor Luiz Fernando Dias, Diretor Geral do CT Mineral do IFRN, tendo em vista a conquista do recredenciamento da unidade como polo EMBRAPII até 2030.</t>
+  </si>
+  <si>
+    <t>8665</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8665/05_-_mocao_de_aplausos_-_festa_de_sao_jose.docx_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja consignada em ata uma Moção de Aplausos em alusão a festa de São José, ocorrida de 14 a 19 de março de 2026.</t>
+  </si>
+  <si>
+    <t>8592</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8592/57_luana.docx.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja consignada em ata uma Moção de Parabéns a Senhora Luana Vanessa Silva de Araújo, tendo em vista a passagem de sua data natalícia, ocorrida em 08 de março de 2026.</t>
+  </si>
+  <si>
     <t>8386</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8386/emenda_modificativa_ao_projeto_de_lei_ordinaria_no_034_2025.docx.pdf</t>
   </si>
   <si>
     <t>Modifica-se a carga horária de cargos específicos de professores constantes no Anexo I do Projeto de Lei nº 034/2025.</t>
   </si>
   <si>
     <t>8413</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8413/emenda_supressiva_ao_projeto_de_lei_ordinaria_no_002_2026.docx.pdf</t>
   </si>
   <si>
     <t>Suprime o inciso XIII do parágrafo único do art. 1º do Projeto de Lei nº 002/2026 de autoria do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>8414</t>
   </si>
   <si>
     <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8414/emenda_modificativa_ao_projeto_de_lei_ordinaria_no_002_2026.docx.pdf</t>
   </si>
   <si>
     <t>Modifica o inciso XI do parágrafo único do art. 1º do Projeto de Lei nº 002/2026 de autoria do Poder Executivo Municipal.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Requer que seja consignada em ata uma Moção de Parabéns a Senhora Luana Vanessa Silva de Araújo, tendo em vista a passagem de sua data natalícia, ocorrida em 08 de março de 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -11541,56 +12419,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7866/oficio_no_009_-_mensagem_de_veto_integral_ao_projeto_de_lei_no_063_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8248/projeto_de_lei_complementar_01.2026_-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8219/projeto_de_lei_01.2026_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8295/projeto_de_lei_02.2026_-_abono.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8298/projeto_de_lei_03.2026_-_reajuste_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8436/projeto_de_lei_04.2026_-_revogacao_de_leis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8317/pl_-_lei_complementar.docx_-_google_docs_2_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7924/projeto_de_lei_itamar_familia_sem_poera._assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7928/projeto_de_lei_itamar_destinacao_transparente_dos_recursos_oriundos._assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7939/projeto_de_lei_-_santos_reis-ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8080/projeto_de_lei_itamar_mineracao_e_prevencao_de_desastres_ambientais__assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8115/projeto_de_lei_acesso_pcd_ao_esporte._assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8116/projeto_de_lei_fibromialgia_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8186/projeto_de_lei_0012c_2026_-_benedita_bezerra_pinheiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8187/projeto_de_lei_002_-_20262c_jose_honorato_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8188/pl_-_banco_de_sement.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8204/projeto_de_lei__caixa_escolar_escola_municipal_fra_leonis_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8205/projeto_de_lei_reconhece_a_atividade_de_condutor_de_ambulancia_._assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8206/projeto_de_lei_ordinario_o_presente_projeto_de_lei_tem_por_objetivo_instituir_o_e2809cdia_do_profissional_de_administracaoe2809d_._assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8207/pl-_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8216/projeto_de_lei_do_capela_coracao_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8217/projeto_de_lei_do_nossa_senhora_da_manicoba.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8269/pl-_rock_na_praca_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8270/pl-_diabeticos_2_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8271/projeto_de_lei_coronel_jose_bezerra_de_araujo_galvao_como_patrimonio_de_natureza_imaterial_do_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8296/pl_centro_rural.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8388/projeto_de_lei_dia_concientizacao_ao_cancer_de_mama.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8389/pl-_iniciacao_teatral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8390/projeto_de_lei_programa_saude_mental_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8437/projeto_de_lei_-_lei_da_meia_entrada_e_acesso_prioritario.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8469/projeto_de_lei_-_torna_de_utilidade_publica_municipal_a_agencia_de_desenvolvimento_sustentavel_do_territorio_do_geoparque_serido_5.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8470/projeto_de_lei_-_dia_municipal_do_doador_de_medula_ossea.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8471/projeto_de_lei_-_dia_municipal_do_doador_de_sangue_e_da_semana_municipal_de_incentivo_a_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8475/projeto_nascer_feliz.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8493/projeto_01_-__wi-fi_livre.docx.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8494/projeto_02_-__gratuidade_nas_inscricoes_de_corridas_para_idosos_acima_de_65_anos..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8499/projeto_de_lei2c_miguel_ferreira_da_costa2c_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8500/projeto_de_lei-_vulnerabilidade_biopsicossocial_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8503/projeto_praca_dos_veteranos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8504/pl_caixa_escolar_cemer.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8518/projeto_de_lei2c_elisa_odon_da_silva_mendes2c_0042cmarco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8519/projeto_caixa_escolar_castelo_branco-mesclado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8521/modelo_nossa_senhora_lourdes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8522/projeto_caixa_escolar_justino_dantas-mesclado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8523/projeto_caixa_escolar_creche_davina_bezerra-mesclado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8542/pl_animais_peconhentos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8544/projeto_03_-__alteracao_de_denominacao_de_escola_-_castelo_branco.docx.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8546/projeto_combustivel_5_ass.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8601/pl_logradouro_.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8078/pdl_001_2026_-_titulo_de_honra_ao_merito_jose_siderley_de_menezes_.docx.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8387/titulo_de_cidadania_curraisnovense_-_rita_sena.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8600/titulo_de_cidadania_atualizado_-_iane_paz_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8320/projeto_de_resolucao.docx_-_google_docs_4_2.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7713/indicacao_001_-_pavimentacao_lyebert_telles_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7714/indicacao_002_-_pavimentacao_travessa_chico_cazuza_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7715/indicacao_003_-_pavimentacao_travessa_chico_pacheco_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7716/01_indicacao_complementacao_asfaltica_da_av._brasil_2.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7717/indicacao_no_001_-_criacao_de_faixa_de_pedestres_na_rua_lula_gomes_em_frente_ao_cemiterio_paralelo_a_av._silvio_bezerra_de_melo_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7718/indicacao_no_006_-_reforma_estruturante_da_escola_municipal_francisco_rosa__-_sme.docx.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7719/indicacao_001_-_pavimentacao_da_rua_lulu_filgueira_jk..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7720/indicacao_002_-_pavimentacao_da_rua_maria_luiza_dantas_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7721/indicacao_no_002_-_iluminacao_da_parada_de_onibus_da_manicoba_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7722/indicacao_no_003_-_suporte_psicologico_permanente_para_os_conselheiros_tutelares__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7723/indicacao_02_poda_de_arvores_gilberto_pinheiro_assinada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7724/indicacao_03_limpeza_e_pintura_do_meio_fio_bairro_gilberto_pinheiro_assinada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7725/indicacao_001-redutor_de_velocidade_na_rua_moises_galvao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7726/indicacao__002-redutor_de_velocidade_na_rua_do_topazio_bairro_-.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7727/indicacao_003-que_refaca_o_calcamento_das_ruas_jose_vicente_neto_e_operario_joao_pereira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7728/indicacao_004-_continuidade_do_calcamento_da_rua_professor_manoel_targino_agripino.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7729/indicacao_no_007_-_construcao_de_um_parque_infantil_publico_na_comunidade_mina_brejui_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7730/indicacao_005-melhoria_na_iluminacao_da_rua_tomas_silveira.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7731/indicacao_003_-_pintura_das_lombadas_da_rua_professor_manoel_targino_silvio_bezerra..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7732/indicacao_no_008_-_insercao_de_espaco_sensorial_para_criancas_no_projeto_do_parque_da_cidade__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7733/indicacao_006-colocacao_de_cinco_corrimao_nas_bueiras.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7734/indicacao_no_009_-__estudo_de_viabilidade_para_a_realizacao_de_programa_de_regularizacao_fundiaria_nos_terrenos_do_municipio_e_nos_terrenos_do_dnocs_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7735/indicacao_007_implantacao_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7736/indicacao_008-parada_de_onibus_com_cobertura_nas_imediacoes_da_ufrn.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7737/indicacao_no_010_-_pavimentacao_do_trecho_final_da_rua_albani_salustino_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7738/indicacao_001-ass.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7739/indicacao_002-ass.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7740/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7741/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7742/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7743/indicacao_no_011_-_criacao_do_conselho_municipal_de_esporte_e_lazer_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7744/indicacao_no_012_-_instalacao_de_refletores_nas_principais_ruas_do_lares_de_santana__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7745/indicacao_no_013_-_reconstrucao_do_escadao_da_rua_ulisses_caldas_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7746/indicacao_no_014_-_criacao_do_fundo_municipal_de_esporte_e_lazer_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7747/indicacao_no_015_-__construcao_de_uma_ubs_no_bairro_walfredo_galvao_-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7748/indicacao_no_016_-_a_regulamentacao_do_programa_jovem_aprendiz_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7749/indicacao_05_sinalizacao_da_apavimentacao_asfaltica_assinada.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7750/indicacao_no_017_-_estudo_de_viabilidade_tecnica_para_reorganizacao_a_intersecao_entre_a_br-226_km_177_e_br-427_km_0_-_dnit.docx.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7751/indicacao_009-complemento_da_pavimentacao_da_rua_pedro_luis_de_bulhoes.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7752/indicacao_10_-reforma_da_caixa_de_agua_no_parque_jose_bezerra_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7753/indicacao_011_calcamento_rua_estanho.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7754/indicacao_12-limpeza_nas_bueirasruas_padre_anchieta_felipe_camarao_e_jose_bento_de_souza.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7755/indicacao_013_redutor_de_velocidade__da_rua_tomas_silveira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7756/indicacao_014_mutirao_de_limpeza_bairro_santa_maria_gorete.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7757/indicacao_015_refaca_o_calcamento_deteriorado_da_rua_zulu_galvao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7758/indicacao_016_servico_de_limpeza_de_mato_predio_do_caic.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7759/indicacao_018__troca_do_poste_no_aa26272_na_rua_joao_alfredo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7760/indicacao_019_-pavimentacao_da_rua_principal_da_comunidade_negros_do_riacho.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7761/indicacao_021-a_restauracao_do_largo_junior_toscan.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7762/indicacao_06_indicacao_placa_de_pare_assinada.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7763/indicacao_023_redutor_de_velocidade_rua_riacho_do_catunda.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7764/indicacao_022_a_pavimentacao_da_frente_da_sede_do_transito.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7765/indicacao_024_continuidade_do_calcamento_em_torno_de_200mts_na_rua_riacho_das_queimadas-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7766/indicacao_026_compra_de_um_veiculo_adaptado_para_locomocao_de_criancas_que_sao_atendidas_pelo_centro_municipal_de_reabilitacao_prof._crindelia_bezerra.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7767/indicacao_09_limpeza_do_rio_assinada.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7768/indicacao_07_pavimentacao_asfaltica_trav_aristides_gomes_assinada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7769/indicacao_027_mutirao_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7770/indicacao_028_servico_de_poda_das_arvores_do_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7771/indicacao_no_018_-__a_aquisicao_de_equipamento_de_anestesia_inalatoria_para_o_ceo_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7772/indicacao_08_parada_de_onibusassinada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7773/indicacao10_passagem_molhada_assinada.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7774/indicacao_no_021_-_mutirao_de_limpeza_no_loteamento_lares_de_santana_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7775/indicacao_no_019-_reativacao_do_caic__-_gab.docx_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7777/indicacao_no_004_-_construcao_de_um_parque_infantil_publico_no_distrito_da_cruz_-_gab.docx_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7778/indicacao_no_020_-_instalacao_de_cameras_de_seguranca_no_loteamento_lares_de_santana__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7779/indicacao_no_022_-_confeccao_de_carteira_de_identificacao_de_pessoa_com_fibromialgoa_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7780/indicacao_no_023_-_construcao_de_passagem_para_pedestres_na_lateral_da_ponte_do_bairro_radir_pereira_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7781/indicacao_001_de_2026_calcamento_hermes_albino_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7782/indicacao_002_de_2026_reparo_no_calcamento_dotour_walker_macedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7783/indicacao_020-_redutor_de_velocidade_ou_lombada_na_rua_paraiba.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7784/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7785/indicacao_008_-_pavimentacao_naide_galvao_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7786/indicacao_004_-_pavimentacao_rua_abdias_nicomedio_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7787/indicacao_010_-_complementacao_pavimentacao_rua_presidente_costa_e_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7788/indicacao_005_-_pavimentacao_rua_francisco_sales_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7789/indicacao_006_-_pavimentacao_rua_cristina_bezerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7790/indicacao_007_-_pavimentacao_rua_beatriz_de_melo_lula_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7791/indicacao_009_-_complementacao_pavimentacao_rua_dr._elisio_filho_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7792/indicacao_011_-_academia_publica_parque_das_pedras_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7793/indicacao_012_-_pavimetacao_maestro_nem_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7794/indicacao_013_-_cemiterio_dos_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7795/indicacao_015_-_emenda_delegacia_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7796/indicacao_014_-_rotatoria_proxima_ao_geraldao_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7797/indicacao_016_-_passarelas_ponte_frei_damiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7798/indicacao_017_-_arborizacao_e_academia_popular_praca_amadeu_venancio_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7799/indicacao_020_-_pavimentacao_satiro_pinheiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7800/indicacao_018_-_passarelas_ponte_rio_sao_bento_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7801/indicacao_005_-_pavimentacao_asfaltica_da_avenida_coronel_jose_bezerra_antonio_rafael..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7802/indicacao_004_-_pavimentacao_asfaltica_da_rua_doutor_inacio_soares_barbosa_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7803/indicacao_003_de_2026_contrucao_de_uma_praca_comunidade_cachoeira__assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7804/indicacao_004_de_2026_reparo_no_calcamento__assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7805/indicacao_005_de_2026_reparo_no_calcamento_presidente_castelo_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7806/indicacao_006_-_reforma_do_centro_municipal_de_reabilitacao_professora_crindelia_bezerra_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7807/indicacao11_creche_maria_dalila_assinada.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7808/indicacao_no_024_-_criacao_de_uma_comissao_tecnica_de_captacao_de_recursos_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7809/indicacao_no_026_-_estudo_de_impacto_orcamentario_para_a_revisao_do_subsidio_dos_profissionais_da_assistencia_social_e_melhorias_estruturais_no_creas.__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7810/indicacao_007_-_pavimentacao_da_rua_mae_ines_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7811/indicacao_no_025_-_aumento_no_valor_de_subsidio_base_para_profissionais_da_assistencia_social__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7812/indicacao_no_027_-_criar_um_grupo_de_convivencia_e_apoio_psicologico_para_pais_e_responsaveis_de_criancas_atipicas_-_semthas.docx.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7813/indicacao_no_028_-_regulamentacao_do_fundo_municipal_da_pessoa_com_deficiencia__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7814/indicacao_12_fardamento_kit_escolar_assinada.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7815/indicacao_008_-_instalacao_de_um_redutor_de_velocidade_na_rua_vivaldo_pereira_de_araujo_centro..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7816/indicacao_no_029_-_redutores_curva_do_ifrn_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7817/indicacao_no_030_-_construcao_de_passagem_ifrn_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7818/indicacao_013_-_pavimentacao_da_rua_severino_inacio_da_silva_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7819/indicacao_011_-_implantacao_de_sentido_unico_de_circulacao_mao_unica_na_rua_vivaldo_pereira_de_araujo_centro..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7820/indicacao_no_031_-_construcao_do_muro_perimetral_e_reforma_estrutural_da_sesitec__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7821/indicacao_012_-_pavimentacao_da_rua_mizael_xavier_dr._jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7822/indicacao_015_-_pavimentacao_da_rua_juvenal_de_oliveira_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7823/indicacao_009_-_pavimentacao_da_rua_antonio_ferreira_jk..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7824/indicacao_010_-_pavimentacao_da_rua_maestro_jose_carlos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7825/indicacao_014_-_pavimentacao_da_rua_joaquim_irapuan_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7826/indicacao_027_-_calcadao_ao_redor_do_muro_do_sesi_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7827/indicacao_022_-_complementacao_pavimentacao_av._tungstenio_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7828/indicacao_023_-_complementacao_calcamento_e_iluminacao_cruzeiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7829/indicacao_024_-_complementacao_pavimentacao_rua_rita_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7830/indicacao_025_-_parque_infantil_bairro_parque_das_pedras_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7831/indicacao_028_-_pavimentacao_asfaltica_rua_juventino_da_silveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7832/indicacao_029-_campo_society_e_pista_de_atletismo_bairro_parque_das_pedras_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7833/indicacao_030_-_pavimentacao_asfaltica_rua_tomaz_do_o_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7834/indicacao_13_chefe_da_caern_esgoto_assinada.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7835/indicacao_no_035_-_implementacao_da_sala_de_vacina_na_ubs_manoel_salustino_ii_-__semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7836/indicacao_no_033_-_realizacao_de_avaliacao_tecnica_da_obra_da_pista_de_atletismo__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7837/indicacao_no_032_-_pavimentacao_do_trecho_final_da_rua_albani_salustino_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7838/indicacao_no_034_-_substituicao_da_atual_instalacao_da_ubs_manoel_salustino_ii_por_um_novo_espaco_-__semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7839/indicacao_no_036_-_criacao_da_secretaria_municipal_de_meio_ambiente_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7840/indicacao_no_037-_conclusao_da_obra_da_rede_de_escoamento_dos_galpoes_do_uvz__-_semosu_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7841/indicacao_no_038_-_efetivacao_do_bolsa_atleta_no_municipio_de_currais_novos_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7842/indicacao_no_039_-_criacao_de_faixa_de_pedestres_na_rua_dona_germana_antes_do_encontro_com_a_av._silvio_bezerra_de_melo_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7843/indicacao_no_040_-_substituicao_e_melhoria_da_iluminacao_de_todos_os_trechos_da_rua_dr._antonio_othon_filho_localizada_no_bairro_antonio_rafael_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7844/indicacao_no_041_-_a_realizacao_de_levantamento_catalogacao_e_unificacao_dos_projetos_de_lei_de_denominacao_de_ruas_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7845/indicacao_no_042_-_instalacao_de_uma_estacao_de_musculacao_e_calistenia_no_largo_junior_toscano_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7846/indicacao_no_044_-_manutencao_dos_equipamentos_de_parques_infantis_adaptados_da_rede_municipal_de_ensino_-_sme.docx.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7847/indicacao_no_045_-_instalacao_de_academia_ao_ar_livre_no_bairro_manoel_salustino_proximo_a_secretaria_de_educacao__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7848/indicacao_no_046_-_construcao_de_uma_praca_da_juventude_no_povoado_malhada_de_areia_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7849/indicacao_no_047_-_construcao_de_vestiarios_com_banheiros_e_sala_de_apoio_para_a_areninha_potiguar_no_alto_de_santa_rita_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7850/indicacao_no_051_-_construcao_de_um_parque_infantil_publico_na_comunidade_totoro-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7851/indicacao_no_053_-_construcao_de_um_parque_infantil_publico_na_comuniade_maxinare_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7852/indicacao_no_050_-_estudo_de_viabilidade_para_a_criacao_de_um_programa_de_moradia_digna.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7853/indicacao_no_052_-_construcao_de_um_parque_infantil_publico_na_comuniade_sao_sebastiao_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7854/indicacao_no_049_-__concessao_de_desconto_no_itbi_imposto_de_transmissao_de_bens_imoveis_para_pessoas_com_deficiencia_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7855/indicacao_no_054_-_instalacao_de_cobertura_na_quadra_poliesportiva_da_escola_estadual_instituto_vivaldo_pereira_-_ivp_-_gab_e_seec.docx.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7856/indicacao_no_056_-_revisao_e_atualizacao_do_plano_diretor_de_currais_novos_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7857/indicacao_no_057_-_estudo_de_viabilidade_para_descentralizacao_da_ubs_do_bairro_radir_pereira_-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7858/indicacao_no_058_-_a_construcao_do_piso_externo_para_atividades_coletivas_na_ubs_manoel_salustino_i_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7859/indicacao_no_059_-__a_implementacao_de_uma_campanha_de_suplementacao_de_vitamina_na_primeira_infancia_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7860/indicacao_no_060_-__a_implantacao_de_um_centro_de_atencao_psicossocial_infantil_caps_infantil_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7861/indicacao_no_061_-_troca_de_predio_para_a_sede_do_caps_ii_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7862/indicacao_021_-_pavimentacao_asfaltica_av._teotonio_freire_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7863/indicacao_no_062_-_construcao_de_passagem_molhada_na_estrada_localizada_em_area_atingida_pela_correnteza_da_sangria_do_acude_do_povoado_sao_sebastiao_na_comunidade_rural_santo_andre__-_semaab.docx.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7864/indicacao_no_063_-_melhorias_na_iluminacao_da__rua_laurentino_pereira_de_araujo_localizada_no_bairro_manoel_salustino_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7865/indicacao_063_mutirao_de_limpeza_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7867/indicacao_030_construcao_de_um_campinho_society_de_futebol_no_bairro_radir_pereira.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7868/indicacao_031_complemento_da_pavimentacao_da_rua_primo_martins.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7869/indicacao_032_limpeza_dos_corregos_que_ficam_nos_finais_das_ruas_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7870/indicacao_034_passagem_molhada_na_comunidade_malhada_da_areia.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7871/indicacao_035_pavimentacao_com_piso_intertravado_no_final_da_rua_jose_fernandes.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7872/indicacao_037_poda_das_arvores_da_rua_candido_mendes.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7873/indicacao_039_conserto_no_telhado_do_ginasio_de_esporte_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7874/indicacao_040_impeza_de_mato_em_frente_ao_pa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7875/indicacao_041_pavimentacao_com_piso_intertravado_em_frente_a_capela_do_sagrado_coracao_jesus_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7876/indicacao_042_rampa_com_acessibilidade_na_entrada_da_secretaria_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7877/indicacao_043_restauracao_da_passagem_molhada_do_final_da_rua_riacho_salgado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7878/indicacao_045_instalacao_de_telas_de_protecao_em_toda_a_quadra_de_vole_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7879/indicacao_no_005_-_criacao_de_um_periodo_de_formacao_para_servidores_que_atuam_como_cuidadores_nas_escolas_municipais_-_sme.docx_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7880/indicacao_046_a_substituicao_de_toda_a_iluminacao_publica_do_distrito_da_cruz_por_refletores_a_substituicao_das_lampadas_convencionais_por_refletores_do_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7881/indicacao_047_dois_redutor_de_velocidade_rua_justino_dantas_situada_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7882/indicacao_048_postes_de_iluminacao_em_toda_a_extensao_do_acude_ursula_medeiros.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7883/indicacao_049_a_extensao_da_rede_eletrica_e_a_instalacao_de_iluminacao_publica_na_comunidade_malhada_de_dentro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7884/indicacao_038_8retirada_de_uma_arvore_na_rua_bernadete_xavie.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7885/indicacao_no_064_-_a_insercao_de_uma_arquitetoa_urbanista_na_equipe_tecnica_da_secretaria_de_infraestrutura_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7886/indicacao_050_praca_de_lazer_com_academia_popular_na_comunidade_trangola.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7887/indicacao_no_065_-_reforma_estruturante_da_escola_municipal_francisco_leonis__-_sme.docx.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7888/indicacao_no_066_-_atualizacao_da_lei_no_18252007_que_institui_o_centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7889/indicacao_051_a_construcao_de_banheiros_na_quadra_de_esportes_profa_ozanira.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7890/indicacao_no_067_-_estudo_de_viabilidade_para_implantacao_de_energia_solar_nas_escolas__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7891/indicacao_054_realinhamento_da_rua_guiomar.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7892/indicacao_053_calcamento_rua_antonio_leite_ramalho.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7893/indicacao_057_um_vigia_para_o_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7894/indicacao_055_calcamento_rua_antonio_leite_ramalho.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7895/indicacao_no_068_-_pavimentacao_do_trecho_final_da_rua_braga_brandao_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7896/indicacao_no_069_-_pintura_de_faixa_de_pedestres_em_frente_a_escola_estadual_instituto_vivaldo_pereira_-_ivp_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7897/indicacao_056_edutor_de_velocidad_rua_mariano_guimarae.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7898/indicacao_058_retorno_da_ambulancia_para_o_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7899/indicacao_no_070_-_instalacao_de_defensas_de_protecao_na_curva_do_ifrn_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7900/indicacao_no_071_-_revitalizacao_dos_canteiros_centrais_da_rua_jose_sales_sobrinho__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7901/indicacao_059_1impeza_de_mato_extensao_da_rua_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7902/indicacao_no_073_-_redutor_de_velocidade_antes_da_entrada_da_ufrn_campus_currais_novos_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7903/indicacao_060_construcao_de_um_canal_de_escoamento_de_agua_no_final_das_rua_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7904/indicacao_061_servico_de_limpeza_de_mato_e_retirada_de_entulho_na_rua_candido_mendes.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7905/indicacao_no_072_-_criacao_de_um_nucleo_ou_campus_avancado_da_universidade_do_estado_do_rio_grande_do_norte_uern_-_gov.docx.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7906/indicacao_062_reforma_da_escola_municipal_francisco_leonis_repetida.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7907/indicacao_no_074_-__a__realizacao_de_uma_capacitacao_em_libras_para_os_profissionais_da_atencao_basica_e_da_atencao_secundaria_do_municipio._-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7908/indicacao_no_075_-_a_reconstrucao_da_parada_de_onibus_em_frente_a_caern__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7909/indicacao_064_academia_popular_para_o_bairro_santa_maria_gorete.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7910/indicacao_no_076_-_a__instalacao_de_parada_de_onibus_com_cobertura_para_os_estudantes_na_praca_de_skate_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7911/indicacao_033_academia_ao_ar_livre_na_praca_19_de_marco.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7914/indicacao_066_redutor_de_velocidade_em_frente_a_quadra_de_esportes_profa_ozanir.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7915/indicacao_067_cobertura_no_acesso_de_entrada_e_saida_da_ubs_da_comunidade_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7916/indicacao_069_redutor_de_velocidade_na_rua_thiago_vinicius.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7917/indicacao_017_-_pavimentacao_da_rua_gumercindo_amorim_situada_no_bairro_jose_dantas_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7918/indicacao_075_uma_lombada_e_a_construcao_de_uma_pracinha_rua_lulu_filgueira.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7919/indicacao_052_poda_de_arvores_da_rua_prof._manoel_targino_de_agripino_repetida.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7920/indicacao_017velocidade_na_rua_baldomero_chacon_repetida.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7921/indicacao_044_refletores_de_led_em_toa_a_extensao_da_rua_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7922/14_indicacao_lombadas_elevadas_jose_milanez_14_assinada.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7925/indicacao_no_043_-_restauracao_e_manutencao_da_quadra_de_areia_do_largo_jr._toscano_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7926/indicacao_036_cortar_as_calcadas_das_laterais_que_da_acesso_a_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7927/indicacao_072_coletor_de_lixo_malhada_da_areia_repetida.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7929/indicacao_070_-construcao_de_passagens_molhadas_nas_comunidades_santo_andre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7930/indicacao_074-limpeza_e_colocacao_de_um_coletor_de_lixo_na_rua_francisco_ferreira.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7931/indicacao_078_engenheiro_para_averiguar_as_duas_pontes.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7932/indicacao_079_alargamento_das_duas_pontes_entre_currais_novos_e_lagoa_na_rn_041.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7933/indicacao_080_doacao_de_terreno_para_a_clinica_de_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7934/indicacao_081saneamento_basico_rua_pedro_luis_de_bulhoes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7935/indicacao_082_casa_de_apoio_para_pacientes.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7936/indicacao_083_aquisicao_de_ventiladores_para_as_salas_de_aula_da_escola_unidade_xiii.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7937/indicacao_084_passagem_de_pedestre_no_canal_da_rua_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7938/indicacao_085_placas_de_identificacao_na_comunidade_malhada_da_areia.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7940/indicacao_087__pavimentacao_da_rua_dede_candido.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7941/indicacao_088_redutor_de_velocidade_na_rua_luis_de_franca.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7942/indicacao_089_iluminacao_com_refletores_na_entrada_do_sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7943/indicacao_090i_nspecao_do_engenheiro_para_averiguacao_da_estrutura_da_creche_irma_ananilia.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7944/indicacao_091_faixa_de_pedestre_na_avenida_dr._silvio_bezerra_de_melo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7945/indicacao_092_instalacao_de_rede_eletrica_para_iluminacao_publica_da_entrada_ate_a_escola_estadual_manoel_salustino_na_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7946/indicacao_093_servicos_de_limpeza_mato_e_retirada_de_entulho_na_rua_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7947/indicacao_094_servicos_de_limpeza_de_mato_na_rua_santa_rita_repetida.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7948/indicacao_071_colocacao_de_uma_lombada_na_rua_do_rubi_repetida.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7949/indicacao_096_terraplanagem_para_recuperar_as_estradas_secundarias_do_sitio_olho_dagua_dos_brandoes_e_livramento.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7950/indicacao_097_a_instalacao_de_mata_burros_no_sitio_olho_dagua_dos_brandoes.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7951/001-_parque_da_cidade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7952/002_-_anel_viario.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7953/04_-_fundo_turismo.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7954/indicacao_100_maquina_retroescavadeira_para_fazer_uma_cacimba_no_sitio_malhada_grande.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7955/06_-_centro_de_artesanato._-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7956/indicacao_101_servico_de_capinacao_e_rocagem_de_mato_escola_unidade_xiii_-_luiz_gonzagamalhada_da_areia.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7957/indicacao_102_a_instalacao_de_um_mata_burro_no_sitio_malhada_de_dentro_na_divisa_expedito.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7958/08_-_clinica_de_dialise.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7959/indicacao_103_mata_burro_na_comunidade_sao_luiz_sitio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7960/indicacao_104_a_instalacao_de_refletores_de_led_nos_postes_de_no_062897_062898_062899_da_rua_jose_bezerra_gomes.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7961/indicacao_106-academia_popular_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7962/indicacao_107_mata_burro_comunidade_serra_vermelha.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7963/indicaca_108_servico_de_roco_de_mato_na_estrada_do_distrito_da_cruz_repetida.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7964/indicacao_109_a_poda_das_arvores_de_frente_ao_ifrn.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7965/10_-_marco_historico.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7966/indicacao_no_079_-_manutencao_urgente_da_academia_publica_em_frente_ao_aeroclube_de_currais_novos_na_avenida_cel._jose_bezerra_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7967/indicacao_16_passarela_assinada.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7968/11_-_placas_qr_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7969/12_-_pracas_inteligentes.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7970/13_-_adesivacao.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7971/14_-_pavimentacao_-_comunidade_mirador.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7972/15_-_bomba_de_abastecimento.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7973/16_-_sinalizacao_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7974/17_-_quadra_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7975/18_-_caixa_dagua.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7976/19_-_iluminacao_colegio_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7977/indicacao_016_-_pavimentacao_da_rua_joao_camilo_dos_santos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7978/indicacao_019_-_pavimentacao_da_rua_ranilson_carneiro_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7979/indicacao_020_-_pavimentacao_da_rua_ze_de_gois_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7980/20_-_redutores_de_velocidade_-_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7981/21_-_estrada_do_maxinare.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7982/indicacao_021_-_pavimentacao_da_rua_luiz_lopes_neto_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7983/022_-_lixeiras_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7984/23_-_ar-condicionado_da_escola_-_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7985/indicacao_112_limpeza_de_mato_cobrir_a_vala_da_praca_e_cortar_as_calcadas_das_laterais_que_da_acesso_a_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7986/indicacao_023_-_pavimentacao_da_rua_dede_candido_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7987/24-_quadra_da_escola_-_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7988/25_-_manutencao_na_parede_do_acude_catunda.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7989/26_-_praca_de_alimentacao_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7990/indicacao_018_-_pavimentacao_da_rua_jose_da_mata_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7991/001_continuacao_malha_asfaltica_candido_mendes.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7992/indicacao_024_-_pavimentacao_da_rua_manoel_moreira_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7993/indicacao_115_cobertura_para_o_conteiner_no_sitio_sao_rafael_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7994/indicacao_025_-_pavimentacao_da_rua_cicero_dias_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7995/indicacao_117_implantacao_do_itep.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7996/indicacao_026_-_praca_parque_infantil_e_academia_nas_proximidades_do_cmei_tia_neta_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7997/indicacao_118_isencao_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7998/27_-_passagem_molhada.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7999/indicacao_121_uso_de_crachas_de_identificacoes_nas_reparticoes_publicas.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8000/28_-_nivelamento_de_calcamento.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8001/indicacao_122_servico_de_poda_das_arvores_da_praca_da_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8002/29_-_passagem_molhada_-_distrito_da_cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8003/30_-_pracas_infantil_-_geraldao.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8004/indicacao_123_terraplanagem_no_final_da_jose_sales_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8005/31_-_pracas_infantil_-_largo.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8006/32_-_tratamento-agua-cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8007/indicacao_124_a_instalacao_de_um_mata_burro_no_sitio_malhada_de_dentro_na_divisa_francisco_saturnino.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8008/indicacao_126__limpeza_de_mato_e_retirada_de_entulho_na_rua_rita_mangabeira.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8009/33_-_construcao_de_um_cemiterio_publico_-_distrito_da_cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8010/36_-_plantio_de_arvores_-_distrito_da_cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8011/indicacao_127_tecnico_de_radiologia_policlinica.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8012/indicacao_027_-_academia_publica_na_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8013/38_-_semaforo_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8014/39-_semaforo.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8015/indicacao_028_-_praca_publica_da_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8016/002_malha_asfaltica_rua_professora_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8017/indicacao_no_080_-_confeccao_de_cartoes_de_estacionamento_na_agencia_de_currais_novos_para_beneficio_dos_cidadaos_desta_regiao_-_detranu.docx.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8018/indicacao_030_-_instalacao_de_dessalinizadores_na_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8019/indicacao_029_-_pavimentacao_da_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8020/indicacao_031_-_pavimentacao_da_rua_rosa_maria_de_souza_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8021/indicacao_032_-_pavimentacao_da_rua_saturnino_alves_lopes_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8022/indicacao_033_-_refletores_de_led_na_rua_maria_rufino_de_araujo_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8023/indicacao_034_-_pavimentacao_da_rua_ricardo_luiz_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8024/indicacao_035_-_pavimentacao_da_rua_lindolfo_severino_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8025/indicacao_036_-_pavimentacao_da_rua_dinarte_da_silva_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8026/indicacao_037_-_pavimentacao_da_rua_minerador_manoel_izidio_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8027/indicacao_131_instalacao_de_um_redutor_de_velocidade_na_rua_chiquinha_batista.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8028/indicacao_132-restauracao_do_chafariz_do_bairro_santa_maria_gorete_repetida.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8029/indicacao_129_retirada_de_uma_arvore_na_rua_laurindo_escrivao.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8030/indicacao_133_redutor_de_velocidade_na_rua_riacho_dos_angico.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8031/indicacao_134__da_praca_aproniano_pereira_retirada_das_arvores_nim.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8032/indicacao_136_limpeza_de_mato_na_quadra_e_da_entorno_da_escola_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8033/indicacao_137-passagem_molhada_na_comunidade_malhada_da_areia_-_emenda_parclamnetar_deputado_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8034/indicacao_138_poda_de_arvore_na_rua_dr._jose_borges_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8035/indicaccao139_que_fique_um_motorista_de_sobreaviso_para_casos_de_urgencia_no_hospital_mariano_coelho.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8036/indicacao_140_mata_burro_no_sitio_geraldo_manicoba_ribeir.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8037/indicacao_038_-_pavimentacao_da_rua_jose_do_egito_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8038/indicacao_141__pavimentacao_e_melhoria_na_iluminacao_na_rua_manoel_severino_neto.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8039/004_instalacao_do_tomografo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8040/indicacao_142_a_instalacao_de_refletores_de_led_na_rua_pedro_luis_de_bulhoes.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8041/indicacao_077_conserto_e_manutencao_do_mata-burro__sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8042/indicacao_073_refazer_lombada_rua_albany_salustino.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8043/indicacao_076_conserto_e_manutencao_dos_mata-burros_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8044/indicacao_020_saneamento_basico_rua_lucilia_martins.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8045/indicacao_039_-_pavimentacao_da_rua_firmina_bernardino_de_medeiros_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8046/005_implantacao_de_uma_colonia_de_ferias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8047/indicacao_143_diarias_operacionais_para_reforco_da_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8048/indicacao_086_a_operacao_tapa_buraco_na_rn__do_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8049/indicacao_128_poda_das_arvores_da_quadra_e_terraplanem_na_estrada_da_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8050/indicacao_006_rua_padre_anchieta__assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8051/indicacao_007-nova.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8052/indicacao_040_-_rua_kerginaldo_ferreira_situada_no_bairro_paizinho_maria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8053/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8054/indicacao_041-_rua_milton_cacador_situada_no_bairro_jose_dantas_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8055/indicacao_042_-_alinhamento_dos_postes_da_rede_eletrica_da_rua_minerador_manoel_izidio.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8056/indicacao_095_redutor_de_velocidade_na_rua_laurentino_bezerra.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8057/indicacao_043_-_pavimentacao_da_rua_cariri_situada_no_bairro_jose_dantas_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8058/indicacao_044_-_pavimentacao_da_rua_rita_moreira_dr._jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8059/indicacao_113_servico_de_limpeza_nas_rua_nene_heroncio_e_servulo_bent.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8060/indicacao_111_extensao_da_rede_de_energia_eletrica_rua_manoel_patricio.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8061/indicacao_130_implantacao_de_cameras_de_video_monitoramento_no_largo_junior_toscano.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8062/indicacao_120_servico_de_poda_das_arvores_da_rua_dix-sept_rosado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8063/indicacao_119_um_tambor_de_lixo_na_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8064/indicacao_116_limpeza_de_mato_e_retirada_de_entulho_da_rua_maria_olindina.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8065/indicacao_031_-_pavimentacao_maria_zuleide_de_medeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8066/indicacao_032_-_complementacao_pavimentacao_rua_das_esmeraldas_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8067/indicacao_033_-_pavimentacao_rua_riacho_brejui_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8068/indicacao_034_-_complementacao_pavimentacao_rua_do_ferro_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8069/indicacao_035_-_complementacao_pavimentacao_rua_jose_antao_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8070/indicacao_036_-_pavimentacao_rua_maria_caristia_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8071/indicacao_038_-_pavimentacao_rua_lourdes_braga_silveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8072/indicacao_040_-_comp._pavimentacao_asfaltica_moses_galvao_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8073/indicacao_037_-_pavimentacao_rua_jose_vilanir_de_souza_brito_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8074/indicacao_039_-_pavimentacao_tomaz_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8075/07_-_ponto_de_onibus.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8076/indicacao_045_-_pavimentacao_da_rua_manoel_coro_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8077/indicacao_145_limpeza_das_palmeiras_da_praca_tete_salustino.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8079/indicacao_144_uma_placa_de_identificacao_proibindo_entrar_a_direita_no_sentido_de_quem_vem_na_avenida_silvio.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8081/indicacao_046_-_pavimentacao_da_rua_cabecinha_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8082/indicacao_146_a_colocacao_de_um_redutor_de_velocidade_na_rua_riacho_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8083/indicacao_147_material_necessario_para_dar_suporte_ao_grupo_de_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8084/indicacao_029_roca_de_tubulacao_nas_bueiras_das_ruas_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8085/indicacao_047_-_instalacao_de_refletores_de_led_na_rua_cabecinha_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8086/indicacao_049_-_pavimentacao_da_rua_josefa_medeiros_de_araujo_recanto_dourado..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8087/indicacao_050_-_pavimentacao_da_rua_jose_venceslau_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8088/indicacao_349_vigia_para_o_largo_junior_toscano.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8089/indicacao_148_uma_quadra_de_volei_de_areia_no_sitio_sao_rafael_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8090/indicacao_150_corte_de_pes_de_algaroba_do_predio_do_caic.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8091/indicacao_151_extensao_da_rede_de_energia_eletrica_rua_rua_manoel_marques.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8092/indicacao_152_a_perfuracao_de_um_poco_tubular_no_sitio_santa_isabel.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8093/indicacao_153_entrada_para_as_criancas_e_pais_entrarem_na_creche_creche_irma_ananilia.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8094/indicacao_154_placa_de_identificacao_os_redutores_de_velocidade..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8095/indicacao_155_a_instalacao_de_um_redutor_de_velocidade_ou_lombadas__na_rua_dona_tete_salustino.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8096/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8097/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8098/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8099/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8100/indicacao_135_indicacao_para_construcao_de_passarela_entre_a_rodoviaria_e_a_praca_19_de_marco.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8101/indicacao_15_academia_popular_assinada_2.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8102/indicacao_051_-_pavimentacao_da_rua_lourival_lourenco_dantas_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8103/indicacao_052_-_pavimentacao_da_rua_manoel_moura_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8104/indicacao_no_078_-_instalacao_de_redutor_de_velocidade_na_arnobio_medeiros_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8105/indicacao_no_081_-_instalacao_de_academia_da_saude_academia_para_a_malhada_de_areia__-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8106/indicacao_053_-_pavimentacao_da_rua_manoel_cicero_de_macedo_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8107/indicacao_054_-_pavimentacao_da_rua_riacho_das_ovelhas_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8108/indicacao_008_rua_ubaldo_sobrinho_remocao_de_poste_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8109/indicacao_055_-_pavimentacao_da_rua_jose_victor_damiao_de_medeiros_santos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8110/indicacao_056_-_pavimentacao_da_rua_maria_clementina_distrito_da_cruz..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8111/indicacao_057_-_pavimentacao_da_rua_francisco_batista_gilberto_pinheiro..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8112/indicacao_058_-_pavimentacao_da_rua_dona_biro_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8113/indicacao_059_-_pavimentacao_da_rua_luiz_batista_gilberto_pinheiro..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8114/61_-_regularizacao_fundiaria_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8117/indicacao_17_complementacao_pavimentacao_da_03_de_maio_assinada.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8118/indicacao_09_solicitacao_de_lombada__assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8119/indicacao_010calcamento_e_a_instalacao_de_refletores_de_led_na_rua_manoel_batista2c_no_bairro_manoel_salustino_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8120/indicacao_18__cobertura_quadra_esportiva_ens_assinada.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8121/indicacao_19__brinquedoteca_assinada.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8122/indicacao_20_reforma_e_climatizacao_da_mundo_da_crianca_assinada.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8123/62_-_isencao_da_contribuicao_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8124/006_contrucao_de_calcadao_ufrn_ate_o_forum.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8125/indicacao_157__limpeza_de_mato_nas_ubs.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8126/indicacao_158_construcao_de_uma_praca_na_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8127/indicacao_159__colocacao_de_placa_indicando_o_nome_da_rua_lucilia_martins.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8128/indicacao160__deputado_federal_joao_maia_emenda_parlamentar_para_aquisicao_de_um_aparelho_de_mamografo.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8129/indicacao_161__instalacao_de_lixeiras_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8130/indicacao_162__instalacao_de_lombada_eou_redutor_de_velocidade_na_rua_stoessel_augusto.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8131/indicacao_163_limpeza_de_mato_acude_catunda.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8132/indicacao_164_servico_de_poda_de_arvores_da_rua_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8133/indicacao165_isntalacao_de_uma__academia_popular_na_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8134/indicacao_166__limpeza_de_mato_retirada_de_lixo_e_colocacao_de_placas_proibindo_colocar_lixo_na_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8135/indicacao_167_piso_de_cimento_na_passagem_das_bueiras_das_ruas_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8136/indicacao_168__uma_placa_de_identificacao_joao_pessoa.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8137/indicacao_169_a_retirada_das_arvores_de_nim_plantadas_no_canteiro_do_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8138/indicacao_061_-_instalacao_de_defensas_metalicas_na_av._teotonio_freire_jk..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8139/indicacao_062_-_climatizacao_do_cmei_tia_neta_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8140/indicacao_063_-_instalacao_de_refletores_de_led_na_rua_do_cobre_jk..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8141/indicacao_064_-_climatizacao_da_escola_municipal_em_tempo_integral_ausonio_araujo..pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8142/indicacao_066_-_climatizacao_da_creche_marilene_matias..pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8143/indicacao_067_-_pavimentacao_da_rua_djalma_santana_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8144/indicacao_068_-_pavimentacao_da_rua_luiz_ferreira_sobrinho_gilberto_pinheiro..pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8146/indicacao_170__semaforo_no_cruzamento_da_rua_do_petroleo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8147/indicacao_171__a_construcao_de_uma_quadra_de_areia_na_mina_breju.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8148/indicacao-011-redutor_de_velocidade_na_rua_serra_negra_jk._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8149/indicacao_12_piso_nacional_do_magisterio2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8150/indicacao_069_-_pavimentacao_da_rua_joao_de_deus_correia_de_melo_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8151/007_redutor_de_velocidade_na_rua_francisca_leda.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8152/indicacao_070_-_corrimao_na_escada_do_canteiro_central_da_av._coronel_jose_bezerra_antonio_rafael..pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8153/008_construcao_de_uma_quadra_de_areia_na_rua_maria_zuleide.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8154/indicacao_072_-_pavimentacao_da_rua_joao_lins_de_albuquerque_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8155/indicacao_073_-_conserto_do_telhado_do_ginasio_poliesportivo_geraldao..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8156/indicacao_13_socorro_amaral_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8157/indicacao-016-_lombadadaav_candido_dantas__assinado_1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8158/indicacao_074_-_revitalizacao_da_praca_de_skate..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8159/indicacao-017-_faixa_de_pedestre_na_avenida_silvio_bezerra_de_melo_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8160/indicacao_20_distrito_da_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8161/indicacao_01_-_a_instalacao_de_bicas_nas_laterais_da_quadra_da_escola_municipal_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8162/indicacao_22_solicita_a_instalacao_de_coletor_de_lixo_no_largo_junior_toscano2c_em_currais_novos._assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8163/40_-_reducao_dos_canteiros.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8164/indicacao-019-_saneamento_basico_rua_manuel_coro_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8165/indicacao_21_distrito_da_cruz_quadra_de_areia_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8166/indicacao_174_a_instalacao_de_um_mata_burro_sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8167/indicacao_175_rua_justino_dantas_situada_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8168/indicacao_176_redutor_de_velocidade_na_rua_porfirio_alexandre_-_sessao_dew_hoje__repetida.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8169/indicacao_177_-construcao_de_passagens_molhadas_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8170/indicacao_173_erraplanagem_no_final_da_jose_sales_sobrinho_repetida.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8171/indicacao_172_servico_de_limpeza_e_campina_de_mato_na_rua_joao_camilo.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8172/indicacao_179_permanencia_de_uma_ambulancia_no_posto_de_saude_do_povoado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8173/indicacao_098_mutirao_de_limpeza_na_rua_chico_pacheco.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8174/indicacao_099__sevico_de_limpeza_lixo_e_retirada_de_entulho_rua_vicente_fernandes.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8175/indicacao_105_servico_de_limpeza_lixo_e_retiradad_de_entulho_com_urgencia_nas_ruas_quicolo_e_ze_de_ines.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8176/indicacao_180_disponibilizacao_de_um_local_para_a_utilizacao_de_som_automotivos.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8177/indicacao_181_a_implantacao_de_rede_wi-fi_gratuita_nas_unidades_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8178/indicacao_14_sugere__prefeito_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8179/indicacao-018_assinado_rua_dinarte_assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8180/indicacao_183_mata_burro_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8181/indicacao_184-a_colocacao_de_um_redutor_de_velocidade_rua_riacho_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8182/indicacao_178_pintura_geral_e_retelhamento_da_escola_municipal_unidade_xxv_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8183/indicacao_156_apreensao_de_animais_soltos_no_lixao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8184/indicacao_185_calcamento_da_rua_mario_aragao.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8185/indicaccao_186_contratacao_de_um_medico_para_upa.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8189/indicacao_076_-_instalacao_de_refletores_de_led_na_rua_antonio_bezerra_linhares_santa_maria_gorete..pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8190/indicacao_077_-_instalacao_de_refletores_de_led_na_rua_cicero_dias_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8191/indicacao_186_a_ambulancia_na_comunidade_do_totoro.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8193/05_-_biblioteca_comunitaria._-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8194/indicacao_23_revitalizacao_da_rodoviaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8195/indicacao-024-criacao_do_cargo_de_condutor_de_ambulancia__assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8196/indicacao_078_-_instalacao_de_refletores_de_led_na_rua_nerival_araujo_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8197/indicacao_079_-_instalacao_de_refletores_de_led_na_rua_vivaldo_pereira_sobrinho_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8198/indicacao_081_-_limpeza_da_praca_situada_na_rua_riacho_da_craibeira_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8199/indicacao_082_-_complementacao_da_pavimentacao_da_rua_luiz_de_franca_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8200/indicacao_083_-_complementacao_da_pavimentacao_da_rua_maria_idalina_da_conceicao_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8201/indicacao-025-_rua_lula_gomes_reorganizacao_do_transito._assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8202/009_pavimentacao_da_rua_manoel_patricio.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8203/010-__colocacao_de_placa_pare_na_esquina_prf_nair_costa_e_elias_fernandes.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8208/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8209/011-_construcao_calcadao_na_rua_jose_antao.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8210/indicacao_085_-_instalacao_de_um_refletor_de_led_em_frente_a_residencia_de_no_125_na_rua_riacho_da_craibeira_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8211/indicacao_087_-_revitalizacao_do_cmei_irma_ananilia..pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8212/indicacao_086_-_complementacao_da_pavimentacao_da_rua_riacho_do_catunda_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8213/012_-_construcao_de_barreiro_da_malhada_de_dentro.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8214/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8215/indicacao_01_2026_04_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8218/indicacao_088_-_reforma_manutencao_e_inclusao_de_novos_brinquedos_no_parquinho_infantil_da_escola_municipal_pedro_cipriano_dantas_na_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8220/indicacao_089_-_complementacao_da_pavimentacao_da_rua_riacho_salgado_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8221/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8222/013-__indicacao_recolocacao_de_placas_com_identificacao_pare_na_esquina_da_aristides_gomes_e_cirpiano_galvao.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8223/indicacao_no_082_-_recolhimento_de_animais_abandonados_na_ubs_manoel_salustino_i_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8224/indicacao_no_083_-_implantacao_de_sinalizacao_orientativa_na_rotatoria_das_ruas_joao_alfredo_dona_germana_e_ladislau_galvao._-_smtt.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8225/indicacao_no_084_-_instalacao_de_placa_de_permissao_para_converter_a_direita_no_semaforo_da_av._silvio_bezerra_de_melo_com_acesso_a_rua_lula_gomes_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8226/indicacao_090_-_instalacao_de_refletores_de_led_na_rua_benedito_goncalves_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8227/indicacao_187_pavimentacao_com_piso_intertravado_acude_dourado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8228/indicacao_338_redutor_de_velocidade_na_rua_frei_damiao_repetida.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8229/indicacao_091_-_instalacao_de_refletores_de_led_na_rua_auleta_pereira_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8230/indicacao_189_conserto_e_manutencao_dos_mata-burros_na_entrada_do_sitio_alivio_repetida.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8231/indicacao_190_poda_das_arvores_na_rua_bernadete_xavie.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8232/indicacao_191-alargamento_da_ponte_rio_totoro.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8233/indicacao_192_alargamento_da_ponte_rio_sao_bent.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8234/indicacao_193_servico_de_operacao_tapa_buraco_na_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8235/indicacao_194_vistoria_e_a_troca_de_postes__na_rua_escrivao_antonio_quintino_repetida.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8236/indicacao_195_trator_agricola_para_quem_trabalha_com_sistema_de_irrigacao_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8237/indicacao_092_-_construcao_de_uma_praca_publica_contendo_parque_infantil_e_academia_ao_ar_livre_na_rua_joao_camilo_dos_santos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8238/indicacao_197_placas_de_identificacao_com_nome_das_ruastota_construtor_e_geraldo_segundo.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8239/indicacao_093_-_contratacao_de_um_psicologo_e_um_psiquiatra_para_cada_ubs..pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8240/indicacao_196_a_construcao_de_um_barreiro_no_sitio_mulambo_na_propriedade_do_sr._pereira_sales.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8241/indicacao_199_pintura_dos_canteiros_da_avenida_dr._silvio_bezerra_de_melo_repetida.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8242/indicacao_095_-_construcao_de_um_ginasio_poliesportivo_na_comunidade_bom_sucesso..pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8243/indicacao_094_-_instalacao_de_uma_placa_de_identificacao_no_cmei_irma_ananilia..pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8244/indicacao_201_retirada_de_pedra_da_rua_manoel_lopes_galvao.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8245/indicacao_096_-_instalacao_de_refletores_de_led_na_rua_do_esperanto_centro..pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8246/indicacao_21_sala_de_eletrocardiograma_assinada.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8247/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8249/indicacao_no_085_-__fiscalizacao_orientacao_e_organizacao_do_estacionamento_urbano_no_trecho_entre_a_rua_ulysses_caldas_e_a_avenida_silvio_bezerra_de_melo_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8250/indicacao_097_-_instalacao_de_refletores_de_led_na_rua_francisquinho_mateus_santa_maria_gorete..pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8251/indicacao_no_087_-_ampliacao_da_rota_de_coleta_de_lixo_para_atendimento_as_comunidades_quilombolas_negros_do_riacho_e_queimadas__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8252/indicacao_099_-_faixa_de_pedestres_nas_proximidades_do_ginasio_poliesportivo_geraldao..pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8253/indicacao_no_088_-_realizacao_de_reparos_nos_mata-burros_da_estrada_que_da_acesso_a_comunidade_negros_do_riacho__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8254/indicacao_200__redutor_de_velocidade_ou_lombada_na_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8255/indicaccao_202_compra_de_momografo_da_policlinica_situada.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8256/indicacao_203_redutor_de_velocidade__rua_do_niquel.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8257/indicacao_203__recolhimento_de_pneus_pelo_setor_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8258/indicacao_098_-_manutencao_da_academia_publica_localizada_no_canteiro_central_da_av._coronel_jose_bezerra_antonio_rafael..pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8261/indicacao_204_substituicao_da_parte_da_rede_atual_de_tubulacao_por_canos_da_rua_tete_salustino.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7912/indicacao_065_redutor_de_velocidade_na_rua_abilio_chacon.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7913/indicacao_068_ar_condicionado_para_a_unidade_basica_de_saude_da_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8262/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8263/indicacao_22_pa_assinada.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8264/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8265/indicacao_03_2026_09_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8266/indicacao_04_2026_09_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8267/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8268/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8272/indicacao_207_reforma_no_centro_de_artesanato_chico_santeiro.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8273/indicacao_23_assinada.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8274/indicacao_198_limpeza_de_mato_nas_ubs_repetida.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8275/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8276/014_-_construcao_quadra_de_esportes_comunidade_marcacao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8277/015_pavimentacao_da_rua_raul_macedo.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8278/indicacao_208_substituicao_do_poste_rua_riacho_marcacao.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8279/indicacao_211__limpeza_de_mato_e_terraplanagem_na_rua_elisio_filho.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8280/indicacao_212__no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8281/indicacao_100_-_instalacao_de_uma_placa_de_identificacao_na_escola_municipal_pedro_cipriano_dantas_manicoba..pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8282/63_-_coletoria_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8283/indicacao_no_090_-_criacao_de_capacitacao_continua_para_os_gerentes_de_unidades_basicas_de_saude_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8284/indicacao_07_2026_11_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8285/indicacao_06_2026_11_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8286/indicacao_214_tambor_de_lixo_proximo_a_farmacia_chacon_do_lado_do_hospital_mariano_coelho.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8287/indicacao_101_-_arborizacao_da_area_frontal_da_escola_municipal_pedro_cipriano_dantas_manicoba..pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8288/indicacao_102_-_colocacao_de_areia_no_parquinho_infantil_da_escola_municipal_pedro_cipriano_dantas_manicoba..pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8289/indicacao__215_redutor_de_velocidade_na_rua_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8290/016_-_instalacao_de_sistema_de_drenagem.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8291/indicacao_216__servico_de_poda_das_arvores_da_rua_estoessel_augusto.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8292/indicacao_217__poda_das_arvores_da_rua_antonio_othon.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8293/indicacao_103_-_colocacao_de_areia_no_parquinho_infantil_do_cmei_irma_ananilia..pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8294/indicacao_213_camada_asfaltica_rua_joao_lopes_galvao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8297/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8299/indicacao_05_2026_09_de_fev_de_2026_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8300/indicacao_106_-_instalacao_de_refletores_de_led_na_rua_albani_salustino_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8301/indicacao-026-_semafaro_da_br_041_av_candido_dantas_e_professora_jose_varela__assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8302/indicacao_107_-_pavimentacao_da_rua_manoel_bimba_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8303/indicacao_108_-_faixas_de_pedestres_em_frente_a_escola_estadual_tristao_de_barros_e_ao_colegio_camilo_toscano_na_rua_bernadete_xavier_centro..pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8304/indicacao_218_limpeza_de_mato_nos_canteiros_da_rua_dix-sept_rosado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8305/indicacao_220_limpeza_de_mato_e_entulho_do_lado_do_chafariz_no_bairro_santa_maria_gorete.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8306/indicacao_220_servico_de_limpeza_de_mato_e_retirada_de_entulho_na_entrada_da_rua_jose_vicente_neto_com_rua_operario_joao_pereira.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8307/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8308/indicacao_042_-_pavimentacao_purez_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8309/indicacao_041_-_poco_totoro_de_baixo_e_saco_dos_veados_-_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8310/indicacao_043_-_sopa_cidada_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8311/indicacao_044_-_rotatoria_unica_master_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8312/indicacao_045_-_internet_gratuita_mercado_e_feira_assinado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8313/indicacao_046_-_internet_gratuita_praca_tete_salustino_assinado.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8314/indicacao_047-_limpeza_e_revitalizacao_praca_jose_ramalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8315/indicacao_048_-_internet_gratuita_terminal_rodoviario_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8316/indicacao_049_-_cobertura_quadra_ivp_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8318/indicacao_050_-_estacionamento_ivp_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8319/indicacao_104_-_instalacao_de_refletores_de_led_na_rua_napoleao_bezerra_centro..pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8321/indicacao_105_-_instalacao_de_refletores_de_led_na_av._rubens_pereira_parque_dourado..pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8322/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8323/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8325/indicacao_221limpeza_de_mato_lixo_e_retirada_de_entulho_da_tota_construtor.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8326/indicacao_no_093_-_reparo_das_janelas_do_banheiro_do_centro_de_artesanato_chico_santeiro__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8327/indicacao_no_094_-_execucao_em_carater_de_urgencia_de_servicos_de_reparo_no_sistema_de_drenagem_do_teto_do_centro_de_artesanato_chico_santeiro__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8328/indicacao_no_092_-__construcao_de_uma_estrutura_de_deposito_no_centro_de_artesanato_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8329/indicacao_no_095_-_instalacao_de_toldos_nas_portas_das_lojas_do_centro_de_artesanato_chico_santeiro_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8330/indicacao_no_096_-__instalacao_de_placa_de_identificacao_do_centro_de_artesanato_chico_santeiro_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8331/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8332/eloi_pescador.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8333/indicacao_03_-_o_nivelamento_e_retirada_de_areia_na_rua_maestro_jose_carlos_no_bairro_radir_pereira.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8334/indicacao_109_-_alargamento_da_parede_do_acude_ursula_medeiros_distrito_da_cruz..pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8335/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8336/redutor_de_velocidade_para_a_rua_do_ferro2c_indicacao_002_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8337/perfuracao_de_pocos_tubulares_no_povoado_totoro._indicacao_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8338/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8339/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8340/27_esgoto_a_ceu_aberto_existente_no_cruzamento_das_ruas_rio_sao_bento_com_riacho_do_maxixe_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8341/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8342/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8343/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8344/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8345/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8346/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8347/indicacao_034.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8348/indicacao_033.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8349/indicacao_035.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8350/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8351/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8352/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8353/indicacao_223_a_troca_de_lampada_queimada__na_rua_riacho_marcacao.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8354/28_solicita_a_reforma_geral_da_praca_da_juventude2c_localizada_no_bairro_silvio_bezerra_de_melo2c_no_municipio_de_currais_novos._assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8361/indicacao_224_faixa_de_pedestre_rua_napoleao_bezerra.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8362/indicacao_226_dedetizacao_nas_ubs_e_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8363/33_limpeza_mundo_da_crianca_assinado.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8364/indicacao_036.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8365/32_solicito_que_seja_realizada_a_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8366/31_solicito_que_seja_realizada_a_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8367/indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8368/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8369/29_criacao_de_parque_multisenssorial_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8370/34_aba_especifica_no_portal_da_transparencia_do_site_oficial_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8371/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8372/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8373/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8374/indicacao_no_097_-_estudo_tecnico_com_vistas_a_melhoria_e_organizacao_das_areas_de_estacionamento_no_entorno_da_sidys_e_do_antigo_predio_da_oi_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8375/indicacao_040.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8376/35_ind._recuparcao_das_estradas_sm2c_sp2c_nr_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8377/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8378/indicacao_110_-_reforma_da_creche_municipal_margarida_cunha..pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8379/036-adocao_de_medidas_relacionadas_a_queimadas__assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8380/indicacao_25_pavimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8381/indicacao_111_-_passagem_molhada_na_comunidade_cachoeira..pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8382/indicacao_210_disponibilize_o_setor_de_projeto_do_municipio_para_ir_ao_hospital_mariano_1ass.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8383/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8391/64_-_reforma_da_ubs_-_trangola.docx_-_google_docs_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8392/65_-_ponto_de_internet_-_ubs_trangola.docx_-_google_docs_assinado.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8393/indicacao_045.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8394/indicacao_04_-_a_realizacao_de_podas_nas_arvores_localizadas_na_rua_jose_milanez_centro..docx.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8395/indicacao_05_-_melhorias_na_iluminacao_da_rua_jose_milanes_centro..docx.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8396/37_solicita_a_limpeza_de_bueiro_na_rua_prof._manoel_targino2c_no_bairro_silvio_bezerra2c_no_municipio_de_currais_novos._assinado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8397/indicacao_042.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8398/indicacao_043.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8399/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8400/instalacao_de_academia_popular_na_mina_acauan_2c_indicacao_005_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8401/redutor_de_velocidade_para_a_avenida_teotonio_freire2c_indicacao_004_assinado.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8402/indicacao_052_-_construcao_calcada_francisco_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8403/indicacao_053_-_coletores_de_lixo_pracas_monsenhor_paulo_heroncio_assinado.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8404/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8405/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8406/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8407/indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8408/indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8415/indicacao_06_-_considere_a_implementacao_de_faixa_de_pedestre_na_duas_vias_em_frente_a_jvc_e_ao_tungstenio_seguros__na_rua_av._dr._silvio_bezerra_de_melo_centro.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8416/indicacao-038-interdicao_de_parte_da_rua_do_plutonio2c_bairro_jk2c_em_frente_a_paroquia_da_imaculada_conceicao._assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8417/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8418/indicacao_051.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8419/indicacao_222_iluminacao_com_refletores_de_led_na_rua_antonio_eduardo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8421/indicacao_055_-_encaminhar_projeto_de_lei_teto_maximo_cip_assinado..pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8422/indicacao_052.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8423/indicacao_054_-_emenda_ubs_e_academia_radir_pereira-_zenaide_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8424/indicacao_10_2026_25_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8425/indicacao_11_2026_25_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8428/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8429/indicacao_054.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8430/indicacao_053.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8431/perfuracao_de_poco_tubular_na_residencia_de_joao_maria_agripino_dos_santos2c_indicacao_006_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8432/perfuracao_de_poco_tubular_na_residencia_de_maciel_francisco_freire2c_indicacao_007_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8433/construcao_de_praca_na_mina_acauan_2c_indicacao_009_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8434/redutor_de_velocidade_para_o_prolomgamento_da_mina_acauan2c_indicacao_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8435/66_-_criacao_do_fundo_de_desenvolvimento_urbano_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8438/indicacao_056.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8439/indicacao_055.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8440/indicacao_0057.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8441/indicacao-040-servico_de_terraplanagem_na_rua_juvenal_de_oliveira2c_localizada_no_bairro_silvio_bezerra._assinado.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8442/indicacao-039_bueiro._rua_parelhaas_2c_rua_lucilia_martins_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8443/indicacao_no_098_-_reabertura_do_laboratorio_de_analises_clinicas_da_rede_municipal_de_saude_-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8444/indicacao_227_servico_em_carater_de_urgencia_para_adequacao_drenagem_e_melhoria_da_estrada_de_acesso_a_comunidade_saco_dos_veados.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8445/indicacao-041-_terrapalnagem2c_da_comunidade_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8446/indicacao-042-_solicita_mapeamento_de_ruas_nao_pavimentadas._assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8447/indicacao_059.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8448/018_-_pavimentacao_da_av_maria_do_rosario_dantas.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8449/indicacao-043-_servico_de_terraplanagem_na_rua_satiro_pinheiro2c_no_bairro_silvio_bezerra_de_melo2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8450/indicacao-045-_terraplanagem_na_rua_luiz_lopes_neto2c_no_bairro_doutor_jose_bezerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8451/indicacao-044-_terraplanagem_na_rua_dede_candido2c_no_bairro_silvio_bezerra_de_melo._assinado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8452/indicacao_112_-_instalacao_de_um_coletor_de_lixo_na_rua_pedro_fidelis_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8454/indicacao_28_pavimentacao_cleiton_riquelme..pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8455/indicacao-046-_terraplanagem_da_rua_do_curtume-_paizinho_maria__assinado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8456/indicacao-047-terraplanagem_na_rua_ze_de_gois2c_no_bairro_doutor_jose_bezerra._assinado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8457/rua_chico_targino_34_assinada..pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8458/42-_recuperacao_da_estrutura_de_ferro.docx_1.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8459/67_-_extensao_da_rede_-_caern_1.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8460/69-_reforma_no_telhado_do_teatro.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8461/070_-_manutencao_na_parede_do_acude_totoro.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8462/071_-_passagem_molhada_saco_dos_veados.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8463/72_-_primo_martins.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8464/73_-_mudanca_da_rede_de_esgoto.docx_1.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8465/indicacao_38_pavimentacao_joseildo_assinada.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8466/indicacao_060.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8467/indicacao_no_099_-_aquisicao_de_maca_ginecologica_para_a_ubs_manoel_salustino_i__-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8468/indicacao_113_-_instalacao_de_um_refletor_de_led_na_rua_josue_bezerra_simoes_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8472/indicacao_115_-_construcao_de_uma_praca_publica_com_parque_infantil_e_academia_popular_na_rua_ze_de_gois_dr._jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8473/modelo_de_indicacao_35_academia_chico_targinoassinada..pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8474/indicacao-_048-_do_cronograma_de_execucao_da_obra_de_pavimentacao_da_rua_jose_delprete_gomes.._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8476/indicacao_116_-_coletores_de_lixo_na_rua_lula_gomes_centro..pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8477/indicacao-050-_lampada_queimada_do_poste_nc2ba_aa2-6225_assinado.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8478/indicacao_um_veiculo_boiador_como_tambem_um_profissional_com_habilidades_para_lacar_animais.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8479/pavimentacao_chico_targino_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8480/indicacao_pintura_campo_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8481/indicacao_totoro_asfalto_assinada.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8482/indicacao_caoela_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8483/indicacao_no_100_-_estudo_sobre_possiveis_solucoes_para_amenizar_o_fluxo_intenso_do_cruzamento_da_rua_professora_maria_jose_varela_e_av._candido_dantas_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8484/indicacao_117_-_pavimentacao_da_rua_joao_lino_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8485/indicacao_119_-_poda_das_arvores_da_rua_lula_gomes_-_centro..pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8486/indicacao_118_-_poda_das_arvores_da_rua_carnauba_dos_dantas_jk..pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8487/imdicac_228_a_reforma_da_escola_municipal_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8488/indicacao_229__realizado_um_estudo_viabilizado_no_servico_de_drenagem_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8489/indicacao_ulisses_caldas_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8490/indicacao_ladislau_galvao_assinada.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8491/indicacao_07_-__instalacao_de_lixeiras_publicas_na_rua_juventino_da_silveira.docx.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8492/indicacao_120_-_poda_das_arvores_do_largo_junior_toscano..pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8495/solicita_estudo_tecnico_para_melhoria_no_acesso_da_localidade_sitio_namorados2c_visando_garantir_a_trafegabilidade_no_periodo_chuvoso._assinado.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8496/indicacao_no_101_-_implantacao_de_acesso_adaptado_ao_redor_do_conteiner_de_saude_na_feira_coberta__-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8497/indicacao_231_realinhamento_da_rua_irma_maura_cruz.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8498/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8501/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8505/imdicac_228_a_reforma_da_escola_municipal_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8506/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8507/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8508/indicacao_234_servico_de_limpeza_de_lixo_e_retirada_de_entulho_metralha_na_avenida_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8509/indicacao_233_colocacao_de_material_de_asfalto_fresado_nas_ruas_manoel_vicente_e_manoel_severino_neto.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8511/indicacao_235_limpeza_de_mato_lixo_e_retirada_de_entulho_na_rua_manoel_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8512/indicacao_121_-_arborizacao_da_ubs_expedito_araujo..pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8513/indicacao_061.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8514/indicacao_122_-_a_climatizacao_da_recepcao_e_da_brinquedoteca_da_ubs_expedito_araujo..pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8515/indicacao_123_-_climatizacao_da_escola_municipal_francisco_leonis_gomes_de_assis..pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8516/indicacao_062.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8517/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8520/indicacao_056_-_remocao_de_entulhos_rua_jose_bezerra_gomes_assinado.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8524/arena_mirador_assinada.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8525/rua_antonio_bezerra_assinada.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8526/indicacao_057_-_mata-burro_28modelo_novo29docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8527/80_-_limpeza_de_arranca_toco_-_sitio_fortaleza_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8528/77_-_desmatamento_-_fazenda_soledade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8529/78_-_revenca_no_acude_do_assentamento-_fazenda_soledade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8530/79_-_dois_mata_burros_-_fazenda_soledade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8531/81_-_mata_burro-_fazenda_liberdade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8532/82_-_passagem_molhada_-_fazenda_liberdade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8533/75_-_mata_burro_-_fazenda_fortaleza_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8534/88_-_poco_-_sitio_liberdade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8535/76_-_mata_burros-_fazenda_soledade.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8536/83_-_recuperar_cisterna_-_sitio_fortaleza.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8537/indicacao_064.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8538/93_-_coletor_de_lixo_maxinare.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8539/indicacao_065.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8540/94_-_estrada_do_santo_andre.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8541/97_-_passagem_molhada_na_capela_do_santo_andre.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8543/95_-_lombada_ou_fiscalizacao_eletronica_br_427.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8545/96_-_construcao_de_ubs_no_santo_andre.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8547/pavimentacao_flavio_adriano_2_ass.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8548/pavimentacao_compadre_amancio_2.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8549/99_-_passagem_molhada_no_rio_mulungu_do_santo_andre.docx_2.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8550/98_-_construcao_de_mata_burro_no_santo_andre.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8551/praca_chico_targino.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8552/rua_tomaz_alves_assinada.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8553/refletores_tomaz_alves_assinada.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8554/rua_construtor_zacarias_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8555/rua_minervino_assinada.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8556/solicitacao_a_cosern_sobre_queda_de_energia_constante_nas_comunidades_rurais2c_bom_descanso_e_mirador_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8558/refletores_gervazio_assinada.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8559/indicacao_236_servico_de_limpeza_de_mato_lixo_e_retirada_de_entulho_no_cruzamento_das_ruas__antonio_bezerra_linhares_com_a_pedro_barbosa.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8560/indicacao_069.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8561/indicacao_070.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8562/abilio_chacon_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8563/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8564/indicacao_071.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8565/indicacao_072.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8566/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8567/indicacao_074.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8568/indicacao_124_-_complementacao_da_pavimentacao_da_rua_jose_victor_damiao2cradir_pereira._assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8569/parada_de_onibus_ufrn_assinada.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8570/capitao_mor_assinada.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8571/hospital_assinada.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8572/praca_da_rodoviaria_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8573/asfalto_caixa_assinada.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8574/lula_gomes_assinada.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8575/lula_gomes_moises_galvao_assinada.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8576/refletores_de_led_2_rua_boa_vista_assinada.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8577/84_-_perfuracao_de_poco_-_sitio_liberdade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8578/87_-_mata_burro_-_assentamento_liberdade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8579/corrimao_rua_boa_vista_assinada.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8580/corrimao_rua_do_rosario_assinada.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8581/refletores_de_led_tristao_de_barros_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8582/refletores_de_led_jose_borges_assinada.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8583/indicacao_no_102_-_encaminhamento_do_projeto_de_lei_para_criacao_do_procon_municipal_-_gab_.docx.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8584/complementacao_vpa_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8585/rua_bernadete_assinada.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8586/indicacao_12_de_16_de_marco_de_2026-1_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8587/85_-_bagaco_de_cana_-_sitio_cruzeiro_de_santana.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8588/poda_de_arvore_assinada.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8589/100_-_placa_de_identificacao.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8602/indicacao_237_a_instalacao_de_um_redutor_de_velocidade_na_rua_albany_salustino.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8603/indicacao_238_a_implantacao_de_uma_academia_ao_livre.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8604/indicacao_13_de_18_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8605/indicacao_14_de_18_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8606/indicacao_239_servico_de_limpeza_de_mato_na_parede_sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8607/saneamento_manoel_assinada.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8608/indicacao_no_103_-_criacao_de_um_plano_de_melhoria_salarial_para_enfermeiros_e_tecnicos_em_enfermagem_que_atuam_na_escala_de_plantao_pela_rede_de_saude_do_municipio_-_gab_.docx.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8609/indicacao_076.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8610/101_-_restauracao_da_cruz_-_cruzeiro.docx_1.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8611/indicacao_08_-_troca_de_iluminacao_da_bernadete_xavier.docx.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8612/acessibilidade_assinada.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8613/indicacao_240_a_instalacao_de_um_redutor_de_velocidade_na_rua_moises_galvao.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8614/indicacao_241_carro_fumasse_para_diminuir_as_muricocas_da_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8615/indicacao_242_deputado_ezequiel_emenda_parlamentar_para_a_construcao_de_passagens_molhada_no_sitio_terra_nova_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7776/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7923/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8145/001_mocao_de_parabens_ranuzia.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8192/01_-_mocao_-_rayelle_ferreira_da_silva.docx_2.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8259/02_-_mocao_-_vilton_cunha_1_1.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8260/03_-_vicente_vilani_cunha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8324/mocao_0003_assinado.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8355/38_rodrigo_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8356/39_allan_matson.docx_29_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8357/40_breno_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8358/41_hugo_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8359/42_joao_bezerra_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8360/43_caninde_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8384/53_anny.docx_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8385/54_ransmylle.docx_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8409/49_wellinton_carcara.docx_29_29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8410/50_corina.docx_29_29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8411/51_lara.docx_29_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8412/52_tavares.docx_29_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8420/mocao_de_parabens_marcos_camilo.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8426/mocao_de_pesar_01_09_de_fev_2026_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8427/mocao_de_parabens_02_25_de_fev_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8453/mocao_001_-_vilar_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8502/mocao_de_pesar.docx_1.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8510/mocao_002_-_esther.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8557/mocao_de_parabens2c_manoel_felipe_da_silva2c_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8590/55_wiriama.docx.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8591/56_joabson.docx.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8593/58_gcharles.docx.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8594/59_isabella.docx_1.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8595/60_claudio.docx.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8596/61_maricelia.docx.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8597/62_sebastiao_balbino.docx.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8598/63_ester.docx.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8599/64_carlos_eduardo.docx.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8386/emenda_modificativa_ao_projeto_de_lei_ordinaria_no_034_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8413/emenda_supressiva_ao_projeto_de_lei_ordinaria_no_002_2026.docx.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8414/emenda_modificativa_ao_projeto_de_lei_ordinaria_no_002_2026.docx.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8592/57_luana.docx.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7866/oficio_no_009_-_mensagem_de_veto_integral_ao_projeto_de_lei_no_063_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8248/projeto_de_lei_complementar_01.2026_-.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8219/projeto_de_lei_01.2026_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8295/projeto_de_lei_02.2026_-_abono.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8298/projeto_de_lei_03.2026_-_reajuste_dos_professores.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8436/projeto_de_lei_04.2026_-_revogacao_de_leis.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8317/pl_-_lei_complementar.docx_-_google_docs_2_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8683/projeto_de_lei_complementar_-_altera_a_lei_complementar_no_020_de_20_de_dezembro_de_2024.docx_2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7924/projeto_de_lei_itamar_familia_sem_poera._assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7928/projeto_de_lei_itamar_destinacao_transparente_dos_recursos_oriundos._assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7939/projeto_de_lei_-_santos_reis-ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8080/projeto_de_lei_itamar_mineracao_e_prevencao_de_desastres_ambientais__assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8115/projeto_de_lei_acesso_pcd_ao_esporte._assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8116/projeto_de_lei_fibromialgia_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8186/projeto_de_lei_0012c_2026_-_benedita_bezerra_pinheiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8187/projeto_de_lei_002_-_20262c_jose_honorato_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8188/pl_-_banco_de_sement.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8204/projeto_de_lei__caixa_escolar_escola_municipal_fra_leonis_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8205/projeto_de_lei_reconhece_a_atividade_de_condutor_de_ambulancia_._assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8206/projeto_de_lei_ordinario_o_presente_projeto_de_lei_tem_por_objetivo_instituir_o_e2809cdia_do_profissional_de_administracaoe2809d_._assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8207/pl-_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8216/projeto_de_lei_do_capela_coracao_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8217/projeto_de_lei_do_nossa_senhora_da_manicoba.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8269/pl-_rock_na_praca_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8270/pl-_diabeticos_2_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8271/projeto_de_lei_coronel_jose_bezerra_de_araujo_galvao_como_patrimonio_de_natureza_imaterial_do_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8296/pl_centro_rural.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8388/projeto_de_lei_dia_concientizacao_ao_cancer_de_mama.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8389/pl-_iniciacao_teatral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8390/projeto_de_lei_programa_saude_mental_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8437/projeto_de_lei_-_lei_da_meia_entrada_e_acesso_prioritario.docx.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8469/projeto_de_lei_-_torna_de_utilidade_publica_municipal_a_agencia_de_desenvolvimento_sustentavel_do_territorio_do_geoparque_serido_5.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8470/projeto_de_lei_-_dia_municipal_do_doador_de_medula_ossea.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8471/projeto_de_lei_-_dia_municipal_do_doador_de_sangue_e_da_semana_municipal_de_incentivo_a_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8475/projeto_nascer_feliz.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8493/projeto_01_-__wi-fi_livre.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8494/projeto_02_-__gratuidade_nas_inscricoes_de_corridas_para_idosos_acima_de_65_anos..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8499/projeto_de_lei2c_miguel_ferreira_da_costa2c_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8500/projeto_de_lei-_vulnerabilidade_biopsicossocial_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8503/projeto_praca_dos_veteranos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8504/pl_caixa_escolar_cemer.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8518/projeto_de_lei2c_elisa_odon_da_silva_mendes2c_0042cmarco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8519/projeto_caixa_escolar_castelo_branco-mesclado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8521/modelo_nossa_senhora_lourdes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8522/projeto_caixa_escolar_justino_dantas-mesclado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8523/projeto_caixa_escolar_creche_davina_bezerra-mesclado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8542/pl_animais_peconhentos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8544/projeto_03_-__alteracao_de_denominacao_de_escola_-_castelo_branco.docx.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8546/projeto_combustivel_5_ass.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8601/pl_logradouro_.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8634/pl_diretrizes_de_patrimonio_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8635/projeto_de_lei_a_coleta_continua_de_lixo_eletronico_de_pequeno_porte_nas_escolas_publicas.._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8644/modelo_de_projeto_de_decreto_legislativo_00_assinada.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8645/pl_observatorio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8666/pl_-_diretrizes_para_utilidade_publica.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8669/projeto_de_lei_-_nome_de_rua_01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8682/projeto_qr_cold_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8078/pdl_001_2026_-_titulo_de_honra_ao_merito_jose_siderley_de_menezes_.docx.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8387/titulo_de_cidadania_curraisnovense_-_rita_sena.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8600/titulo_de_cidadania_atualizado_-_iane_paz_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8320/projeto_de_resolucao.docx_-_google_docs_4_2.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7713/indicacao_001_-_pavimentacao_lyebert_telles_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7714/indicacao_002_-_pavimentacao_travessa_chico_cazuza_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7715/indicacao_003_-_pavimentacao_travessa_chico_pacheco_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7716/01_indicacao_complementacao_asfaltica_da_av._brasil_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7717/indicacao_no_001_-_criacao_de_faixa_de_pedestres_na_rua_lula_gomes_em_frente_ao_cemiterio_paralelo_a_av._silvio_bezerra_de_melo_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7718/indicacao_no_006_-_reforma_estruturante_da_escola_municipal_francisco_rosa__-_sme.docx.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7719/indicacao_001_-_pavimentacao_da_rua_lulu_filgueira_jk..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7720/indicacao_002_-_pavimentacao_da_rua_maria_luiza_dantas_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7721/indicacao_no_002_-_iluminacao_da_parada_de_onibus_da_manicoba_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7722/indicacao_no_003_-_suporte_psicologico_permanente_para_os_conselheiros_tutelares__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7723/indicacao_02_poda_de_arvores_gilberto_pinheiro_assinada.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7724/indicacao_03_limpeza_e_pintura_do_meio_fio_bairro_gilberto_pinheiro_assinada.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7725/indicacao_001-redutor_de_velocidade_na_rua_moises_galvao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7726/indicacao__002-redutor_de_velocidade_na_rua_do_topazio_bairro_-.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7727/indicacao_003-que_refaca_o_calcamento_das_ruas_jose_vicente_neto_e_operario_joao_pereira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7728/indicacao_004-_continuidade_do_calcamento_da_rua_professor_manoel_targino_agripino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7729/indicacao_no_007_-_construcao_de_um_parque_infantil_publico_na_comunidade_mina_brejui_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7730/indicacao_005-melhoria_na_iluminacao_da_rua_tomas_silveira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7731/indicacao_003_-_pintura_das_lombadas_da_rua_professor_manoel_targino_silvio_bezerra..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7732/indicacao_no_008_-_insercao_de_espaco_sensorial_para_criancas_no_projeto_do_parque_da_cidade__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7733/indicacao_006-colocacao_de_cinco_corrimao_nas_bueiras.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7734/indicacao_no_009_-__estudo_de_viabilidade_para_a_realizacao_de_programa_de_regularizacao_fundiaria_nos_terrenos_do_municipio_e_nos_terrenos_do_dnocs_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7735/indicacao_007_implantacao_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7736/indicacao_008-parada_de_onibus_com_cobertura_nas_imediacoes_da_ufrn.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7737/indicacao_no_010_-_pavimentacao_do_trecho_final_da_rua_albani_salustino_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7738/indicacao_001-ass.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7739/indicacao_002-ass.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7740/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7741/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7742/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7743/indicacao_no_011_-_criacao_do_conselho_municipal_de_esporte_e_lazer_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7744/indicacao_no_012_-_instalacao_de_refletores_nas_principais_ruas_do_lares_de_santana__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7745/indicacao_no_013_-_reconstrucao_do_escadao_da_rua_ulisses_caldas_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7746/indicacao_no_014_-_criacao_do_fundo_municipal_de_esporte_e_lazer_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7747/indicacao_no_015_-__construcao_de_uma_ubs_no_bairro_walfredo_galvao_-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7748/indicacao_no_016_-_a_regulamentacao_do_programa_jovem_aprendiz_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7749/indicacao_05_sinalizacao_da_apavimentacao_asfaltica_assinada.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7750/indicacao_no_017_-_estudo_de_viabilidade_tecnica_para_reorganizacao_a_intersecao_entre_a_br-226_km_177_e_br-427_km_0_-_dnit.docx.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7751/indicacao_009-complemento_da_pavimentacao_da_rua_pedro_luis_de_bulhoes.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7752/indicacao_10_-reforma_da_caixa_de_agua_no_parque_jose_bezerra_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7753/indicacao_011_calcamento_rua_estanho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7754/indicacao_12-limpeza_nas_bueirasruas_padre_anchieta_felipe_camarao_e_jose_bento_de_souza.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7755/indicacao_013_redutor_de_velocidade__da_rua_tomas_silveira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7756/indicacao_014_mutirao_de_limpeza_bairro_santa_maria_gorete.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7757/indicacao_015_refaca_o_calcamento_deteriorado_da_rua_zulu_galvao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7758/indicacao_016_servico_de_limpeza_de_mato_predio_do_caic.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7759/indicacao_018__troca_do_poste_no_aa26272_na_rua_joao_alfredo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7760/indicacao_019_-pavimentacao_da_rua_principal_da_comunidade_negros_do_riacho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7761/indicacao_021-a_restauracao_do_largo_junior_toscan.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7762/indicacao_06_indicacao_placa_de_pare_assinada.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7763/indicacao_023_redutor_de_velocidade_rua_riacho_do_catunda.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7764/indicacao_022_a_pavimentacao_da_frente_da_sede_do_transito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7765/indicacao_024_continuidade_do_calcamento_em_torno_de_200mts_na_rua_riacho_das_queimadas-.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7766/indicacao_026_compra_de_um_veiculo_adaptado_para_locomocao_de_criancas_que_sao_atendidas_pelo_centro_municipal_de_reabilitacao_prof._crindelia_bezerra.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7767/indicacao_09_limpeza_do_rio_assinada.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7768/indicacao_07_pavimentacao_asfaltica_trav_aristides_gomes_assinada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7769/indicacao_027_mutirao_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7770/indicacao_028_servico_de_poda_das_arvores_do_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7771/indicacao_no_018_-__a_aquisicao_de_equipamento_de_anestesia_inalatoria_para_o_ceo_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7772/indicacao_08_parada_de_onibusassinada.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7773/indicacao10_passagem_molhada_assinada.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7774/indicacao_no_021_-_mutirao_de_limpeza_no_loteamento_lares_de_santana_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7775/indicacao_no_019-_reativacao_do_caic__-_gab.docx_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7777/indicacao_no_004_-_construcao_de_um_parque_infantil_publico_no_distrito_da_cruz_-_gab.docx_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7778/indicacao_no_020_-_instalacao_de_cameras_de_seguranca_no_loteamento_lares_de_santana__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7779/indicacao_no_022_-_confeccao_de_carteira_de_identificacao_de_pessoa_com_fibromialgoa_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7780/indicacao_no_023_-_construcao_de_passagem_para_pedestres_na_lateral_da_ponte_do_bairro_radir_pereira_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7781/indicacao_001_de_2026_calcamento_hermes_albino_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7782/indicacao_002_de_2026_reparo_no_calcamento_dotour_walker_macedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7783/indicacao_020-_redutor_de_velocidade_ou_lombada_na_rua_paraiba.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7784/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7785/indicacao_008_-_pavimentacao_naide_galvao_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7786/indicacao_004_-_pavimentacao_rua_abdias_nicomedio_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7787/indicacao_010_-_complementacao_pavimentacao_rua_presidente_costa_e_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7788/indicacao_005_-_pavimentacao_rua_francisco_sales_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7789/indicacao_006_-_pavimentacao_rua_cristina_bezerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7790/indicacao_007_-_pavimentacao_rua_beatriz_de_melo_lula_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7791/indicacao_009_-_complementacao_pavimentacao_rua_dr._elisio_filho_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7792/indicacao_011_-_academia_publica_parque_das_pedras_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7793/indicacao_012_-_pavimetacao_maestro_nem_luis_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7794/indicacao_013_-_cemiterio_dos_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7795/indicacao_015_-_emenda_delegacia_da_mulher_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7796/indicacao_014_-_rotatoria_proxima_ao_geraldao_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7797/indicacao_016_-_passarelas_ponte_frei_damiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7798/indicacao_017_-_arborizacao_e_academia_popular_praca_amadeu_venancio_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7799/indicacao_020_-_pavimentacao_satiro_pinheiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7800/indicacao_018_-_passarelas_ponte_rio_sao_bento_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7801/indicacao_005_-_pavimentacao_asfaltica_da_avenida_coronel_jose_bezerra_antonio_rafael..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7802/indicacao_004_-_pavimentacao_asfaltica_da_rua_doutor_inacio_soares_barbosa_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7803/indicacao_003_de_2026_contrucao_de_uma_praca_comunidade_cachoeira__assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7804/indicacao_004_de_2026_reparo_no_calcamento__assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7805/indicacao_005_de_2026_reparo_no_calcamento_presidente_castelo_branco_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7806/indicacao_006_-_reforma_do_centro_municipal_de_reabilitacao_professora_crindelia_bezerra_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7807/indicacao11_creche_maria_dalila_assinada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7808/indicacao_no_024_-_criacao_de_uma_comissao_tecnica_de_captacao_de_recursos_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7809/indicacao_no_026_-_estudo_de_impacto_orcamentario_para_a_revisao_do_subsidio_dos_profissionais_da_assistencia_social_e_melhorias_estruturais_no_creas.__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7810/indicacao_007_-_pavimentacao_da_rua_mae_ines_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7811/indicacao_no_025_-_aumento_no_valor_de_subsidio_base_para_profissionais_da_assistencia_social__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7812/indicacao_no_027_-_criar_um_grupo_de_convivencia_e_apoio_psicologico_para_pais_e_responsaveis_de_criancas_atipicas_-_semthas.docx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7813/indicacao_no_028_-_regulamentacao_do_fundo_municipal_da_pessoa_com_deficiencia__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7814/indicacao_12_fardamento_kit_escolar_assinada.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7815/indicacao_008_-_instalacao_de_um_redutor_de_velocidade_na_rua_vivaldo_pereira_de_araujo_centro..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7816/indicacao_no_029_-_redutores_curva_do_ifrn_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7817/indicacao_no_030_-_construcao_de_passagem_ifrn_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7818/indicacao_013_-_pavimentacao_da_rua_severino_inacio_da_silva_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7819/indicacao_011_-_implantacao_de_sentido_unico_de_circulacao_mao_unica_na_rua_vivaldo_pereira_de_araujo_centro..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7820/indicacao_no_031_-_construcao_do_muro_perimetral_e_reforma_estrutural_da_sesitec__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7821/indicacao_012_-_pavimentacao_da_rua_mizael_xavier_dr._jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7822/indicacao_015_-_pavimentacao_da_rua_juvenal_de_oliveira_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7823/indicacao_009_-_pavimentacao_da_rua_antonio_ferreira_jk..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7824/indicacao_010_-_pavimentacao_da_rua_maestro_jose_carlos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7825/indicacao_014_-_pavimentacao_da_rua_joaquim_irapuan_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7826/indicacao_027_-_calcadao_ao_redor_do_muro_do_sesi_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7827/indicacao_022_-_complementacao_pavimentacao_av._tungstenio_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7828/indicacao_023_-_complementacao_calcamento_e_iluminacao_cruzeiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7829/indicacao_024_-_complementacao_pavimentacao_rua_rita_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7830/indicacao_025_-_parque_infantil_bairro_parque_das_pedras_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7831/indicacao_028_-_pavimentacao_asfaltica_rua_juventino_da_silveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7832/indicacao_029-_campo_society_e_pista_de_atletismo_bairro_parque_das_pedras_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7833/indicacao_030_-_pavimentacao_asfaltica_rua_tomaz_do_o_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7834/indicacao_13_chefe_da_caern_esgoto_assinada.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7835/indicacao_no_035_-_implementacao_da_sala_de_vacina_na_ubs_manoel_salustino_ii_-__semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7836/indicacao_no_033_-_realizacao_de_avaliacao_tecnica_da_obra_da_pista_de_atletismo__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7837/indicacao_no_032_-_pavimentacao_do_trecho_final_da_rua_albani_salustino_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7838/indicacao_no_034_-_substituicao_da_atual_instalacao_da_ubs_manoel_salustino_ii_por_um_novo_espaco_-__semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7839/indicacao_no_036_-_criacao_da_secretaria_municipal_de_meio_ambiente_e_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7840/indicacao_no_037-_conclusao_da_obra_da_rede_de_escoamento_dos_galpoes_do_uvz__-_semosu_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7841/indicacao_no_038_-_efetivacao_do_bolsa_atleta_no_municipio_de_currais_novos_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7842/indicacao_no_039_-_criacao_de_faixa_de_pedestres_na_rua_dona_germana_antes_do_encontro_com_a_av._silvio_bezerra_de_melo_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7843/indicacao_no_040_-_substituicao_e_melhoria_da_iluminacao_de_todos_os_trechos_da_rua_dr._antonio_othon_filho_localizada_no_bairro_antonio_rafael_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7844/indicacao_no_041_-_a_realizacao_de_levantamento_catalogacao_e_unificacao_dos_projetos_de_lei_de_denominacao_de_ruas_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7845/indicacao_no_042_-_instalacao_de_uma_estacao_de_musculacao_e_calistenia_no_largo_junior_toscano_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7846/indicacao_no_044_-_manutencao_dos_equipamentos_de_parques_infantis_adaptados_da_rede_municipal_de_ensino_-_sme.docx.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7847/indicacao_no_045_-_instalacao_de_academia_ao_ar_livre_no_bairro_manoel_salustino_proximo_a_secretaria_de_educacao__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7848/indicacao_no_046_-_construcao_de_uma_praca_da_juventude_no_povoado_malhada_de_areia_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7849/indicacao_no_047_-_construcao_de_vestiarios_com_banheiros_e_sala_de_apoio_para_a_areninha_potiguar_no_alto_de_santa_rita_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7850/indicacao_no_051_-_construcao_de_um_parque_infantil_publico_na_comunidade_totoro-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7851/indicacao_no_053_-_construcao_de_um_parque_infantil_publico_na_comuniade_maxinare_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7852/indicacao_no_050_-_estudo_de_viabilidade_para_a_criacao_de_um_programa_de_moradia_digna.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7853/indicacao_no_052_-_construcao_de_um_parque_infantil_publico_na_comuniade_sao_sebastiao_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7854/indicacao_no_049_-__concessao_de_desconto_no_itbi_imposto_de_transmissao_de_bens_imoveis_para_pessoas_com_deficiencia_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7855/indicacao_no_054_-_instalacao_de_cobertura_na_quadra_poliesportiva_da_escola_estadual_instituto_vivaldo_pereira_-_ivp_-_gab_e_seec.docx.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7856/indicacao_no_056_-_revisao_e_atualizacao_do_plano_diretor_de_currais_novos_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7857/indicacao_no_057_-_estudo_de_viabilidade_para_descentralizacao_da_ubs_do_bairro_radir_pereira_-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7858/indicacao_no_058_-_a_construcao_do_piso_externo_para_atividades_coletivas_na_ubs_manoel_salustino_i_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7859/indicacao_no_059_-__a_implementacao_de_uma_campanha_de_suplementacao_de_vitamina_na_primeira_infancia_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7860/indicacao_no_060_-__a_implantacao_de_um_centro_de_atencao_psicossocial_infantil_caps_infantil_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7861/indicacao_no_061_-_troca_de_predio_para_a_sede_do_caps_ii_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7862/indicacao_021_-_pavimentacao_asfaltica_av._teotonio_freire_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7863/indicacao_no_062_-_construcao_de_passagem_molhada_na_estrada_localizada_em_area_atingida_pela_correnteza_da_sangria_do_acude_do_povoado_sao_sebastiao_na_comunidade_rural_santo_andre__-_semaab.docx.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7864/indicacao_no_063_-_melhorias_na_iluminacao_da__rua_laurentino_pereira_de_araujo_localizada_no_bairro_manoel_salustino_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7865/indicacao_063_mutirao_de_limpeza_nos_bairros.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7867/indicacao_030_construcao_de_um_campinho_society_de_futebol_no_bairro_radir_pereira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7868/indicacao_031_complemento_da_pavimentacao_da_rua_primo_martins.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7869/indicacao_032_limpeza_dos_corregos_que_ficam_nos_finais_das_ruas_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7870/indicacao_034_passagem_molhada_na_comunidade_malhada_da_areia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7871/indicacao_035_pavimentacao_com_piso_intertravado_no_final_da_rua_jose_fernandes.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7872/indicacao_037_poda_das_arvores_da_rua_candido_mendes.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7873/indicacao_039_conserto_no_telhado_do_ginasio_de_esporte_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7874/indicacao_040_impeza_de_mato_em_frente_ao_pa.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7875/indicacao_041_pavimentacao_com_piso_intertravado_em_frente_a_capela_do_sagrado_coracao_jesus_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7876/indicacao_042_rampa_com_acessibilidade_na_entrada_da_secretaria_de_turismo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7877/indicacao_043_restauracao_da_passagem_molhada_do_final_da_rua_riacho_salgado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7878/indicacao_045_instalacao_de_telas_de_protecao_em_toda_a_quadra_de_vole_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7879/indicacao_no_005_-_criacao_de_um_periodo_de_formacao_para_servidores_que_atuam_como_cuidadores_nas_escolas_municipais_-_sme.docx_1.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7880/indicacao_046_a_substituicao_de_toda_a_iluminacao_publica_do_distrito_da_cruz_por_refletores_a_substituicao_das_lampadas_convencionais_por_refletores_do_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7881/indicacao_047_dois_redutor_de_velocidade_rua_justino_dantas_situada_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7882/indicacao_048_postes_de_iluminacao_em_toda_a_extensao_do_acude_ursula_medeiros.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7883/indicacao_049_a_extensao_da_rede_eletrica_e_a_instalacao_de_iluminacao_publica_na_comunidade_malhada_de_dentro.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7884/indicacao_038_8retirada_de_uma_arvore_na_rua_bernadete_xavie.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7885/indicacao_no_064_-_a_insercao_de_uma_arquitetoa_urbanista_na_equipe_tecnica_da_secretaria_de_infraestrutura_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7886/indicacao_050_praca_de_lazer_com_academia_popular_na_comunidade_trangola.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7887/indicacao_no_065_-_reforma_estruturante_da_escola_municipal_francisco_leonis__-_sme.docx.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7888/indicacao_no_066_-_atualizacao_da_lei_no_18252007_que_institui_o_centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7889/indicacao_051_a_construcao_de_banheiros_na_quadra_de_esportes_profa_ozanira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7890/indicacao_no_067_-_estudo_de_viabilidade_para_implantacao_de_energia_solar_nas_escolas__-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7891/indicacao_054_realinhamento_da_rua_guiomar.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7892/indicacao_053_calcamento_rua_antonio_leite_ramalho.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7893/indicacao_057_um_vigia_para_o_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7894/indicacao_055_calcamento_rua_antonio_leite_ramalho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7895/indicacao_no_068_-_pavimentacao_do_trecho_final_da_rua_braga_brandao_-_gab.docx.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7896/indicacao_no_069_-_pintura_de_faixa_de_pedestres_em_frente_a_escola_estadual_instituto_vivaldo_pereira_-_ivp_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7897/indicacao_056_edutor_de_velocidad_rua_mariano_guimarae.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7898/indicacao_058_retorno_da_ambulancia_para_o_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7899/indicacao_no_070_-_instalacao_de_defensas_de_protecao_na_curva_do_ifrn_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7900/indicacao_no_071_-_revitalizacao_dos_canteiros_centrais_da_rua_jose_sales_sobrinho__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7901/indicacao_059_1impeza_de_mato_extensao_da_rua_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7902/indicacao_no_073_-_redutor_de_velocidade_antes_da_entrada_da_ufrn_campus_currais_novos_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7903/indicacao_060_construcao_de_um_canal_de_escoamento_de_agua_no_final_das_rua_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7904/indicacao_061_servico_de_limpeza_de_mato_e_retirada_de_entulho_na_rua_candido_mendes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7905/indicacao_no_072_-_criacao_de_um_nucleo_ou_campus_avancado_da_universidade_do_estado_do_rio_grande_do_norte_uern_-_gov.docx.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7906/indicacao_062_reforma_da_escola_municipal_francisco_leonis_repetida.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7907/indicacao_no_074_-__a__realizacao_de_uma_capacitacao_em_libras_para_os_profissionais_da_atencao_basica_e_da_atencao_secundaria_do_municipio._-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7908/indicacao_no_075_-_a_reconstrucao_da_parada_de_onibus_em_frente_a_caern__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7909/indicacao_064_academia_popular_para_o_bairro_santa_maria_gorete.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7910/indicacao_no_076_-_a__instalacao_de_parada_de_onibus_com_cobertura_para_os_estudantes_na_praca_de_skate_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7911/indicacao_033_academia_ao_ar_livre_na_praca_19_de_marco.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7914/indicacao_066_redutor_de_velocidade_em_frente_a_quadra_de_esportes_profa_ozanir.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7915/indicacao_067_cobertura_no_acesso_de_entrada_e_saida_da_ubs_da_comunidade_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7916/indicacao_069_redutor_de_velocidade_na_rua_thiago_vinicius.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7917/indicacao_017_-_pavimentacao_da_rua_gumercindo_amorim_situada_no_bairro_jose_dantas_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7918/indicacao_075_uma_lombada_e_a_construcao_de_uma_pracinha_rua_lulu_filgueira.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7919/indicacao_052_poda_de_arvores_da_rua_prof._manoel_targino_de_agripino_repetida.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7920/indicacao_017velocidade_na_rua_baldomero_chacon_repetida.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7921/indicacao_044_refletores_de_led_em_toa_a_extensao_da_rua_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7922/14_indicacao_lombadas_elevadas_jose_milanez_14_assinada.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7925/indicacao_no_043_-_restauracao_e_manutencao_da_quadra_de_areia_do_largo_jr._toscano_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7926/indicacao_036_cortar_as_calcadas_das_laterais_que_da_acesso_a_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7927/indicacao_072_coletor_de_lixo_malhada_da_areia_repetida.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7929/indicacao_070_-construcao_de_passagens_molhadas_nas_comunidades_santo_andre.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7930/indicacao_074-limpeza_e_colocacao_de_um_coletor_de_lixo_na_rua_francisco_ferreira.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7931/indicacao_078_engenheiro_para_averiguar_as_duas_pontes.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7932/indicacao_079_alargamento_das_duas_pontes_entre_currais_novos_e_lagoa_na_rn_041.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7933/indicacao_080_doacao_de_terreno_para_a_clinica_de_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7934/indicacao_081saneamento_basico_rua_pedro_luis_de_bulhoes.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7935/indicacao_082_casa_de_apoio_para_pacientes.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7936/indicacao_083_aquisicao_de_ventiladores_para_as_salas_de_aula_da_escola_unidade_xiii.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7937/indicacao_084_passagem_de_pedestre_no_canal_da_rua_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7938/indicacao_085_placas_de_identificacao_na_comunidade_malhada_da_areia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7940/indicacao_087__pavimentacao_da_rua_dede_candido.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7941/indicacao_088_redutor_de_velocidade_na_rua_luis_de_franca.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7942/indicacao_089_iluminacao_com_refletores_na_entrada_do_sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7943/indicacao_090i_nspecao_do_engenheiro_para_averiguacao_da_estrutura_da_creche_irma_ananilia.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7944/indicacao_091_faixa_de_pedestre_na_avenida_dr._silvio_bezerra_de_melo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7945/indicacao_092_instalacao_de_rede_eletrica_para_iluminacao_publica_da_entrada_ate_a_escola_estadual_manoel_salustino_na_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7946/indicacao_093_servicos_de_limpeza_mato_e_retirada_de_entulho_na_rua_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7947/indicacao_094_servicos_de_limpeza_de_mato_na_rua_santa_rita_repetida.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7948/indicacao_071_colocacao_de_uma_lombada_na_rua_do_rubi_repetida.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7949/indicacao_096_terraplanagem_para_recuperar_as_estradas_secundarias_do_sitio_olho_dagua_dos_brandoes_e_livramento.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7950/indicacao_097_a_instalacao_de_mata_burros_no_sitio_olho_dagua_dos_brandoes.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7951/001-_parque_da_cidade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7952/002_-_anel_viario.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7953/04_-_fundo_turismo.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7954/indicacao_100_maquina_retroescavadeira_para_fazer_uma_cacimba_no_sitio_malhada_grande.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7955/06_-_centro_de_artesanato._-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7956/indicacao_101_servico_de_capinacao_e_rocagem_de_mato_escola_unidade_xiii_-_luiz_gonzagamalhada_da_areia.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7957/indicacao_102_a_instalacao_de_um_mata_burro_no_sitio_malhada_de_dentro_na_divisa_expedito.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7958/08_-_clinica_de_dialise.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7959/indicacao_103_mata_burro_na_comunidade_sao_luiz_sitio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7960/indicacao_104_a_instalacao_de_refletores_de_led_nos_postes_de_no_062897_062898_062899_da_rua_jose_bezerra_gomes.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7961/indicacao_106-academia_popular_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7962/indicacao_107_mata_burro_comunidade_serra_vermelha.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7963/indicaca_108_servico_de_roco_de_mato_na_estrada_do_distrito_da_cruz_repetida.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7964/indicacao_109_a_poda_das_arvores_de_frente_ao_ifrn.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7965/10_-_marco_historico.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7966/indicacao_no_079_-_manutencao_urgente_da_academia_publica_em_frente_ao_aeroclube_de_currais_novos_na_avenida_cel._jose_bezerra_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7967/indicacao_16_passarela_assinada.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7968/11_-_placas_qr_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7969/12_-_pracas_inteligentes.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7970/13_-_adesivacao.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7971/14_-_pavimentacao_-_comunidade_mirador.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7972/15_-_bomba_de_abastecimento.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7973/16_-_sinalizacao_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7974/17_-_quadra_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7975/18_-_caixa_dagua.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7976/19_-_iluminacao_colegio_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7977/indicacao_016_-_pavimentacao_da_rua_joao_camilo_dos_santos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7978/indicacao_019_-_pavimentacao_da_rua_ranilson_carneiro_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7979/indicacao_020_-_pavimentacao_da_rua_ze_de_gois_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7980/20_-_redutores_de_velocidade_-_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7981/21_-_estrada_do_maxinare.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7982/indicacao_021_-_pavimentacao_da_rua_luiz_lopes_neto_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7983/022_-_lixeiras_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7984/23_-_ar-condicionado_da_escola_-_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7985/indicacao_112_limpeza_de_mato_cobrir_a_vala_da_praca_e_cortar_as_calcadas_das_laterais_que_da_acesso_a_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7986/indicacao_023_-_pavimentacao_da_rua_dede_candido_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7987/24-_quadra_da_escola_-_maxinare.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7988/25_-_manutencao_na_parede_do_acude_catunda.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7989/26_-_praca_de_alimentacao_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7990/indicacao_018_-_pavimentacao_da_rua_jose_da_mata_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7991/001_continuacao_malha_asfaltica_candido_mendes.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7992/indicacao_024_-_pavimentacao_da_rua_manoel_moreira_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7993/indicacao_115_cobertura_para_o_conteiner_no_sitio_sao_rafael_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7994/indicacao_025_-_pavimentacao_da_rua_cicero_dias_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7995/indicacao_117_implantacao_do_itep.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7996/indicacao_026_-_praca_parque_infantil_e_academia_nas_proximidades_do_cmei_tia_neta_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7997/indicacao_118_isencao_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7998/27_-_passagem_molhada.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7999/indicacao_121_uso_de_crachas_de_identificacoes_nas_reparticoes_publicas.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8000/28_-_nivelamento_de_calcamento.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8001/indicacao_122_servico_de_poda_das_arvores_da_praca_da_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8002/29_-_passagem_molhada_-_distrito_da_cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8003/30_-_pracas_infantil_-_geraldao.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8004/indicacao_123_terraplanagem_no_final_da_jose_sales_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8005/31_-_pracas_infantil_-_largo.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8006/32_-_tratamento-agua-cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8007/indicacao_124_a_instalacao_de_um_mata_burro_no_sitio_malhada_de_dentro_na_divisa_francisco_saturnino.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8008/indicacao_126__limpeza_de_mato_e_retirada_de_entulho_na_rua_rita_mangabeira.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8009/33_-_construcao_de_um_cemiterio_publico_-_distrito_da_cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8010/36_-_plantio_de_arvores_-_distrito_da_cruz.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8011/indicacao_127_tecnico_de_radiologia_policlinica.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8012/indicacao_027_-_academia_publica_na_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8013/38_-_semaforo_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8014/39-_semaforo.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8015/indicacao_028_-_praca_publica_da_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8016/002_malha_asfaltica_rua_professora_maria_jose_varela.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8017/indicacao_no_080_-_confeccao_de_cartoes_de_estacionamento_na_agencia_de_currais_novos_para_beneficio_dos_cidadaos_desta_regiao_-_detranu.docx.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8018/indicacao_030_-_instalacao_de_dessalinizadores_na_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8019/indicacao_029_-_pavimentacao_da_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8020/indicacao_031_-_pavimentacao_da_rua_rosa_maria_de_souza_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8021/indicacao_032_-_pavimentacao_da_rua_saturnino_alves_lopes_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8022/indicacao_033_-_refletores_de_led_na_rua_maria_rufino_de_araujo_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8023/indicacao_034_-_pavimentacao_da_rua_ricardo_luiz_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8024/indicacao_035_-_pavimentacao_da_rua_lindolfo_severino_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8025/indicacao_036_-_pavimentacao_da_rua_dinarte_da_silva_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8026/indicacao_037_-_pavimentacao_da_rua_minerador_manoel_izidio_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8027/indicacao_131_instalacao_de_um_redutor_de_velocidade_na_rua_chiquinha_batista.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8028/indicacao_132-restauracao_do_chafariz_do_bairro_santa_maria_gorete_repetida.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8029/indicacao_129_retirada_de_uma_arvore_na_rua_laurindo_escrivao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8030/indicacao_133_redutor_de_velocidade_na_rua_riacho_dos_angico.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8031/indicacao_134__da_praca_aproniano_pereira_retirada_das_arvores_nim.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8032/indicacao_136_limpeza_de_mato_na_quadra_e_da_entorno_da_escola_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8033/indicacao_137-passagem_molhada_na_comunidade_malhada_da_areia_-_emenda_parclamnetar_deputado_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8034/indicacao_138_poda_de_arvore_na_rua_dr._jose_borges_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8035/indicaccao139_que_fique_um_motorista_de_sobreaviso_para_casos_de_urgencia_no_hospital_mariano_coelho.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8036/indicacao_140_mata_burro_no_sitio_geraldo_manicoba_ribeir.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8037/indicacao_038_-_pavimentacao_da_rua_jose_do_egito_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8038/indicacao_141__pavimentacao_e_melhoria_na_iluminacao_na_rua_manoel_severino_neto.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8039/004_instalacao_do_tomografo.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8040/indicacao_142_a_instalacao_de_refletores_de_led_na_rua_pedro_luis_de_bulhoes.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8041/indicacao_077_conserto_e_manutencao_do_mata-burro__sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8042/indicacao_073_refazer_lombada_rua_albany_salustino.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8043/indicacao_076_conserto_e_manutencao_dos_mata-burros_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8044/indicacao_020_saneamento_basico_rua_lucilia_martins.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8045/indicacao_039_-_pavimentacao_da_rua_firmina_bernardino_de_medeiros_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8046/005_implantacao_de_uma_colonia_de_ferias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8047/indicacao_143_diarias_operacionais_para_reforco_da_seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8048/indicacao_086_a_operacao_tapa_buraco_na_rn__do_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8049/indicacao_128_poda_das_arvores_da_quadra_e_terraplanem_na_estrada_da_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8050/indicacao_006_rua_padre_anchieta__assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8051/indicacao_007-nova.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8052/indicacao_040_-_rua_kerginaldo_ferreira_situada_no_bairro_paizinho_maria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8053/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8054/indicacao_041-_rua_milton_cacador_situada_no_bairro_jose_dantas_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8055/indicacao_042_-_alinhamento_dos_postes_da_rede_eletrica_da_rua_minerador_manoel_izidio.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8056/indicacao_095_redutor_de_velocidade_na_rua_laurentino_bezerra.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8057/indicacao_043_-_pavimentacao_da_rua_cariri_situada_no_bairro_jose_dantas_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8058/indicacao_044_-_pavimentacao_da_rua_rita_moreira_dr._jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8059/indicacao_113_servico_de_limpeza_nas_rua_nene_heroncio_e_servulo_bent.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8060/indicacao_111_extensao_da_rede_de_energia_eletrica_rua_manoel_patricio.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8061/indicacao_130_implantacao_de_cameras_de_video_monitoramento_no_largo_junior_toscano.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8062/indicacao_120_servico_de_poda_das_arvores_da_rua_dix-sept_rosado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8063/indicacao_119_um_tambor_de_lixo_na_rua_sao_tomaz_de_aquino.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8064/indicacao_116_limpeza_de_mato_e_retirada_de_entulho_da_rua_maria_olindina.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8065/indicacao_031_-_pavimentacao_maria_zuleide_de_medeiros_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8066/indicacao_032_-_complementacao_pavimentacao_rua_das_esmeraldas_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8067/indicacao_033_-_pavimentacao_rua_riacho_brejui_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8068/indicacao_034_-_complementacao_pavimentacao_rua_do_ferro_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8069/indicacao_035_-_complementacao_pavimentacao_rua_jose_antao_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8070/indicacao_036_-_pavimentacao_rua_maria_caristia_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8071/indicacao_038_-_pavimentacao_rua_lourdes_braga_silveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8072/indicacao_040_-_comp._pavimentacao_asfaltica_moses_galvao_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8073/indicacao_037_-_pavimentacao_rua_jose_vilanir_de_souza_brito_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8074/indicacao_039_-_pavimentacao_tomaz_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8075/07_-_ponto_de_onibus.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8076/indicacao_045_-_pavimentacao_da_rua_manoel_coro_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8077/indicacao_145_limpeza_das_palmeiras_da_praca_tete_salustino.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8079/indicacao_144_uma_placa_de_identificacao_proibindo_entrar_a_direita_no_sentido_de_quem_vem_na_avenida_silvio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8081/indicacao_046_-_pavimentacao_da_rua_cabecinha_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8082/indicacao_146_a_colocacao_de_um_redutor_de_velocidade_na_rua_riacho_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8083/indicacao_147_material_necessario_para_dar_suporte_ao_grupo_de_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8084/indicacao_029_roca_de_tubulacao_nas_bueiras_das_ruas_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8085/indicacao_047_-_instalacao_de_refletores_de_led_na_rua_cabecinha_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8086/indicacao_049_-_pavimentacao_da_rua_josefa_medeiros_de_araujo_recanto_dourado..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8087/indicacao_050_-_pavimentacao_da_rua_jose_venceslau_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8088/indicacao_349_vigia_para_o_largo_junior_toscano.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8089/indicacao_148_uma_quadra_de_volei_de_areia_no_sitio_sao_rafael_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8090/indicacao_150_corte_de_pes_de_algaroba_do_predio_do_caic.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8091/indicacao_151_extensao_da_rede_de_energia_eletrica_rua_rua_manoel_marques.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8092/indicacao_152_a_perfuracao_de_um_poco_tubular_no_sitio_santa_isabel.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8093/indicacao_153_entrada_para_as_criancas_e_pais_entrarem_na_creche_creche_irma_ananilia.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8094/indicacao_154_placa_de_identificacao_os_redutores_de_velocidade..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8095/indicacao_155_a_instalacao_de_um_redutor_de_velocidade_ou_lombadas__na_rua_dona_tete_salustino.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8096/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8097/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8098/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8099/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8100/indicacao_135_indicacao_para_construcao_de_passarela_entre_a_rodoviaria_e_a_praca_19_de_marco.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8101/indicacao_15_academia_popular_assinada_2.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8102/indicacao_051_-_pavimentacao_da_rua_lourival_lourenco_dantas_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8103/indicacao_052_-_pavimentacao_da_rua_manoel_moura_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8104/indicacao_no_078_-_instalacao_de_redutor_de_velocidade_na_arnobio_medeiros_-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8105/indicacao_no_081_-_instalacao_de_academia_da_saude_academia_para_a_malhada_de_areia__-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8106/indicacao_053_-_pavimentacao_da_rua_manoel_cicero_de_macedo_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8107/indicacao_054_-_pavimentacao_da_rua_riacho_das_ovelhas_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8108/indicacao_008_rua_ubaldo_sobrinho_remocao_de_poste_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8109/indicacao_055_-_pavimentacao_da_rua_jose_victor_damiao_de_medeiros_santos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8110/indicacao_056_-_pavimentacao_da_rua_maria_clementina_distrito_da_cruz..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8111/indicacao_057_-_pavimentacao_da_rua_francisco_batista_gilberto_pinheiro..pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8112/indicacao_058_-_pavimentacao_da_rua_dona_biro_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8113/indicacao_059_-_pavimentacao_da_rua_luiz_batista_gilberto_pinheiro..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8114/61_-_regularizacao_fundiaria_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8117/indicacao_17_complementacao_pavimentacao_da_03_de_maio_assinada.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8118/indicacao_09_solicitacao_de_lombada__assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8119/indicacao_010calcamento_e_a_instalacao_de_refletores_de_led_na_rua_manoel_batista2c_no_bairro_manoel_salustino_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8120/indicacao_18__cobertura_quadra_esportiva_ens_assinada.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8121/indicacao_19__brinquedoteca_assinada.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8122/indicacao_20_reforma_e_climatizacao_da_mundo_da_crianca_assinada.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8123/62_-_isencao_da_contribuicao_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8124/006_contrucao_de_calcadao_ufrn_ate_o_forum.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8125/indicacao_157__limpeza_de_mato_nas_ubs.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8126/indicacao_158_construcao_de_uma_praca_na_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8127/indicacao_159__colocacao_de_placa_indicando_o_nome_da_rua_lucilia_martins.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8128/indicacao160__deputado_federal_joao_maia_emenda_parlamentar_para_aquisicao_de_um_aparelho_de_mamografo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8129/indicacao_161__instalacao_de_lixeiras_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8130/indicacao_162__instalacao_de_lombada_eou_redutor_de_velocidade_na_rua_stoessel_augusto.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8131/indicacao_163_limpeza_de_mato_acude_catunda.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8132/indicacao_164_servico_de_poda_de_arvores_da_rua_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8133/indicacao165_isntalacao_de_uma__academia_popular_na_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8134/indicacao_166__limpeza_de_mato_retirada_de_lixo_e_colocacao_de_placas_proibindo_colocar_lixo_na_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8135/indicacao_167_piso_de_cimento_na_passagem_das_bueiras_das_ruas_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8136/indicacao_168__uma_placa_de_identificacao_joao_pessoa.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8137/indicacao_169_a_retirada_das_arvores_de_nim_plantadas_no_canteiro_do_rua_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8138/indicacao_061_-_instalacao_de_defensas_metalicas_na_av._teotonio_freire_jk..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8139/indicacao_062_-_climatizacao_do_cmei_tia_neta_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8140/indicacao_063_-_instalacao_de_refletores_de_led_na_rua_do_cobre_jk..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8141/indicacao_064_-_climatizacao_da_escola_municipal_em_tempo_integral_ausonio_araujo..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8142/indicacao_066_-_climatizacao_da_creche_marilene_matias..pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8143/indicacao_067_-_pavimentacao_da_rua_djalma_santana_alto_de_santa_rita..pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8144/indicacao_068_-_pavimentacao_da_rua_luiz_ferreira_sobrinho_gilberto_pinheiro..pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8146/indicacao_170__semaforo_no_cruzamento_da_rua_do_petroleo.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8147/indicacao_171__a_construcao_de_uma_quadra_de_areia_na_mina_breju.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8148/indicacao-011-redutor_de_velocidade_na_rua_serra_negra_jk._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8149/indicacao_12_piso_nacional_do_magisterio2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8150/indicacao_069_-_pavimentacao_da_rua_joao_de_deus_correia_de_melo_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8151/007_redutor_de_velocidade_na_rua_francisca_leda.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8152/indicacao_070_-_corrimao_na_escada_do_canteiro_central_da_av._coronel_jose_bezerra_antonio_rafael..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8153/008_construcao_de_uma_quadra_de_areia_na_rua_maria_zuleide.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8154/indicacao_072_-_pavimentacao_da_rua_joao_lins_de_albuquerque_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8155/indicacao_073_-_conserto_do_telhado_do_ginasio_poliesportivo_geraldao..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8156/indicacao_13_socorro_amaral_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8157/indicacao-016-_lombadadaav_candido_dantas__assinado_1.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8158/indicacao_074_-_revitalizacao_da_praca_de_skate..pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8159/indicacao-017-_faixa_de_pedestre_na_avenida_silvio_bezerra_de_melo_assinado.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8160/indicacao_20_distrito_da_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8161/indicacao_01_-_a_instalacao_de_bicas_nas_laterais_da_quadra_da_escola_municipal_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8162/indicacao_22_solicita_a_instalacao_de_coletor_de_lixo_no_largo_junior_toscano2c_em_currais_novos._assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8163/40_-_reducao_dos_canteiros.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8164/indicacao-019-_saneamento_basico_rua_manuel_coro_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8165/indicacao_21_distrito_da_cruz_quadra_de_areia_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8166/indicacao_174_a_instalacao_de_um_mata_burro_sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8167/indicacao_175_rua_justino_dantas_situada_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8168/indicacao_176_redutor_de_velocidade_na_rua_porfirio_alexandre_-_sessao_dew_hoje__repetida.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8169/indicacao_177_-construcao_de_passagens_molhadas_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8170/indicacao_173_erraplanagem_no_final_da_jose_sales_sobrinho_repetida.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8171/indicacao_172_servico_de_limpeza_e_campina_de_mato_na_rua_joao_camilo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8172/indicacao_179_permanencia_de_uma_ambulancia_no_posto_de_saude_do_povoado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8173/indicacao_098_mutirao_de_limpeza_na_rua_chico_pacheco.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8174/indicacao_099__sevico_de_limpeza_lixo_e_retirada_de_entulho_rua_vicente_fernandes.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8175/indicacao_105_servico_de_limpeza_lixo_e_retiradad_de_entulho_com_urgencia_nas_ruas_quicolo_e_ze_de_ines.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8176/indicacao_180_disponibilizacao_de_um_local_para_a_utilizacao_de_som_automotivos.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8177/indicacao_181_a_implantacao_de_rede_wi-fi_gratuita_nas_unidades_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8178/indicacao_14_sugere__prefeito_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8179/indicacao-018_assinado_rua_dinarte_assinado.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8180/indicacao_183_mata_burro_no_sitio_sao_rafael.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8181/indicacao_184-a_colocacao_de_um_redutor_de_velocidade_rua_riacho_sao_bento.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8182/indicacao_178_pintura_geral_e_retelhamento_da_escola_municipal_unidade_xxv_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8183/indicacao_156_apreensao_de_animais_soltos_no_lixao.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8184/indicacao_185_calcamento_da_rua_mario_aragao.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8185/indicaccao_186_contratacao_de_um_medico_para_upa.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8189/indicacao_076_-_instalacao_de_refletores_de_led_na_rua_antonio_bezerra_linhares_santa_maria_gorete..pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8190/indicacao_077_-_instalacao_de_refletores_de_led_na_rua_cicero_dias_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8191/indicacao_186_a_ambulancia_na_comunidade_do_totoro.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8193/05_-_biblioteca_comunitaria._-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8194/indicacao_23_revitalizacao_da_rodoviaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8195/indicacao-024-criacao_do_cargo_de_condutor_de_ambulancia__assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8196/indicacao_078_-_instalacao_de_refletores_de_led_na_rua_nerival_araujo_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8197/indicacao_079_-_instalacao_de_refletores_de_led_na_rua_vivaldo_pereira_sobrinho_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8198/indicacao_081_-_limpeza_da_praca_situada_na_rua_riacho_da_craibeira_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8199/indicacao_082_-_complementacao_da_pavimentacao_da_rua_luiz_de_franca_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8200/indicacao_083_-_complementacao_da_pavimentacao_da_rua_maria_idalina_da_conceicao_silvio_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8201/indicacao-025-_rua_lula_gomes_reorganizacao_do_transito._assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8202/009_pavimentacao_da_rua_manoel_patricio.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8203/010-__colocacao_de_placa_pare_na_esquina_prf_nair_costa_e_elias_fernandes.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8208/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8209/011-_construcao_calcadao_na_rua_jose_antao.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8210/indicacao_085_-_instalacao_de_um_refletor_de_led_em_frente_a_residencia_de_no_125_na_rua_riacho_da_craibeira_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8211/indicacao_087_-_revitalizacao_do_cmei_irma_ananilia..pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8212/indicacao_086_-_complementacao_da_pavimentacao_da_rua_riacho_do_catunda_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8213/012_-_construcao_de_barreiro_da_malhada_de_dentro.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8214/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8215/indicacao_01_2026_04_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8218/indicacao_088_-_reforma_manutencao_e_inclusao_de_novos_brinquedos_no_parquinho_infantil_da_escola_municipal_pedro_cipriano_dantas_na_comunidade_manicoba..pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8220/indicacao_089_-_complementacao_da_pavimentacao_da_rua_riacho_salgado_doutor_jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8221/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8222/013-__indicacao_recolocacao_de_placas_com_identificacao_pare_na_esquina_da_aristides_gomes_e_cirpiano_galvao.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8223/indicacao_no_082_-_recolhimento_de_animais_abandonados_na_ubs_manoel_salustino_i_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8224/indicacao_no_083_-_implantacao_de_sinalizacao_orientativa_na_rotatoria_das_ruas_joao_alfredo_dona_germana_e_ladislau_galvao._-_smtt.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8225/indicacao_no_084_-_instalacao_de_placa_de_permissao_para_converter_a_direita_no_semaforo_da_av._silvio_bezerra_de_melo_com_acesso_a_rua_lula_gomes_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8226/indicacao_090_-_instalacao_de_refletores_de_led_na_rua_benedito_goncalves_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8227/indicacao_187_pavimentacao_com_piso_intertravado_acude_dourado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8228/indicacao_338_redutor_de_velocidade_na_rua_frei_damiao_repetida.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8229/indicacao_091_-_instalacao_de_refletores_de_led_na_rua_auleta_pereira_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8230/indicacao_189_conserto_e_manutencao_dos_mata-burros_na_entrada_do_sitio_alivio_repetida.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8231/indicacao_190_poda_das_arvores_na_rua_bernadete_xavie.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8232/indicacao_191-alargamento_da_ponte_rio_totoro.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8233/indicacao_192_alargamento_da_ponte_rio_sao_bent.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8234/indicacao_193_servico_de_operacao_tapa_buraco_na_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8235/indicacao_194_vistoria_e_a_troca_de_postes__na_rua_escrivao_antonio_quintino_repetida.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8236/indicacao_195_trator_agricola_para_quem_trabalha_com_sistema_de_irrigacao_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8237/indicacao_092_-_construcao_de_uma_praca_publica_contendo_parque_infantil_e_academia_ao_ar_livre_na_rua_joao_camilo_dos_santos_radir_pereira..pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8238/indicacao_197_placas_de_identificacao_com_nome_das_ruastota_construtor_e_geraldo_segundo.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8239/indicacao_093_-_contratacao_de_um_psicologo_e_um_psiquiatra_para_cada_ubs..pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8240/indicacao_196_a_construcao_de_um_barreiro_no_sitio_mulambo_na_propriedade_do_sr._pereira_sales.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8241/indicacao_199_pintura_dos_canteiros_da_avenida_dr._silvio_bezerra_de_melo_repetida.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8242/indicacao_095_-_construcao_de_um_ginasio_poliesportivo_na_comunidade_bom_sucesso..pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8243/indicacao_094_-_instalacao_de_uma_placa_de_identificacao_no_cmei_irma_ananilia..pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8244/indicacao_201_retirada_de_pedra_da_rua_manoel_lopes_galvao.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8245/indicacao_096_-_instalacao_de_refletores_de_led_na_rua_do_esperanto_centro..pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8246/indicacao_21_sala_de_eletrocardiograma_assinada.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8247/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8249/indicacao_no_085_-__fiscalizacao_orientacao_e_organizacao_do_estacionamento_urbano_no_trecho_entre_a_rua_ulysses_caldas_e_a_avenida_silvio_bezerra_de_melo_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8250/indicacao_097_-_instalacao_de_refletores_de_led_na_rua_francisquinho_mateus_santa_maria_gorete..pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8251/indicacao_no_087_-_ampliacao_da_rota_de_coleta_de_lixo_para_atendimento_as_comunidades_quilombolas_negros_do_riacho_e_queimadas__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8252/indicacao_099_-_faixa_de_pedestres_nas_proximidades_do_ginasio_poliesportivo_geraldao..pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8253/indicacao_no_088_-_realizacao_de_reparos_nos_mata-burros_da_estrada_que_da_acesso_a_comunidade_negros_do_riacho__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8254/indicacao_200__redutor_de_velocidade_ou_lombada_na_avenida_brasil.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8255/indicaccao_202_compra_de_momografo_da_policlinica_situada.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8256/indicacao_203_redutor_de_velocidade__rua_do_niquel.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8257/indicacao_203__recolhimento_de_pneus_pelo_setor_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8258/indicacao_098_-_manutencao_da_academia_publica_localizada_no_canteiro_central_da_av._coronel_jose_bezerra_antonio_rafael..pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8261/indicacao_204_substituicao_da_parte_da_rede_atual_de_tubulacao_por_canos_da_rua_tete_salustino.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7912/indicacao_065_redutor_de_velocidade_na_rua_abilio_chacon.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7913/indicacao_068_ar_condicionado_para_a_unidade_basica_de_saude_da_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8262/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8263/indicacao_22_pa_assinada.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8264/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8265/indicacao_03_2026_09_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8266/indicacao_04_2026_09_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8267/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8268/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8272/indicacao_207_reforma_no_centro_de_artesanato_chico_santeiro.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8273/indicacao_23_assinada.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8274/indicacao_198_limpeza_de_mato_nas_ubs_repetida.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8275/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8276/014_-_construcao_quadra_de_esportes_comunidade_marcacao.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8277/015_pavimentacao_da_rua_raul_macedo.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8278/indicacao_208_substituicao_do_poste_rua_riacho_marcacao.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8279/indicacao_211__limpeza_de_mato_e_terraplanagem_na_rua_elisio_filho.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8280/indicacao_212__no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8281/indicacao_100_-_instalacao_de_uma_placa_de_identificacao_na_escola_municipal_pedro_cipriano_dantas_manicoba..pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8282/63_-_coletoria_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8283/indicacao_no_090_-_criacao_de_capacitacao_continua_para_os_gerentes_de_unidades_basicas_de_saude_-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8284/indicacao_07_2026_11_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8285/indicacao_06_2026_11_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8286/indicacao_214_tambor_de_lixo_proximo_a_farmacia_chacon_do_lado_do_hospital_mariano_coelho.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8287/indicacao_101_-_arborizacao_da_area_frontal_da_escola_municipal_pedro_cipriano_dantas_manicoba..pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8288/indicacao_102_-_colocacao_de_areia_no_parquinho_infantil_da_escola_municipal_pedro_cipriano_dantas_manicoba..pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8289/indicacao__215_redutor_de_velocidade_na_rua_da_liberdade.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8290/016_-_instalacao_de_sistema_de_drenagem.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8291/indicacao_216__servico_de_poda_das_arvores_da_rua_estoessel_augusto.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8292/indicacao_217__poda_das_arvores_da_rua_antonio_othon.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8293/indicacao_103_-_colocacao_de_areia_no_parquinho_infantil_do_cmei_irma_ananilia..pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8294/indicacao_213_camada_asfaltica_rua_joao_lopes_galvao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8297/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8299/indicacao_05_2026_09_de_fev_de_2026_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8300/indicacao_106_-_instalacao_de_refletores_de_led_na_rua_albani_salustino_manoel_salustino..pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8301/indicacao-026-_semafaro_da_br_041_av_candido_dantas_e_professora_jose_varela__assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8302/indicacao_107_-_pavimentacao_da_rua_manoel_bimba_jose_dantas_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8303/indicacao_108_-_faixas_de_pedestres_em_frente_a_escola_estadual_tristao_de_barros_e_ao_colegio_camilo_toscano_na_rua_bernadete_xavier_centro..pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8304/indicacao_218_limpeza_de_mato_nos_canteiros_da_rua_dix-sept_rosado.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8305/indicacao_220_limpeza_de_mato_e_entulho_do_lado_do_chafariz_no_bairro_santa_maria_gorete.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8306/indicacao_220_servico_de_limpeza_de_mato_e_retirada_de_entulho_na_entrada_da_rua_jose_vicente_neto_com_rua_operario_joao_pereira.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8307/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8308/indicacao_042_-_pavimentacao_purez_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8309/indicacao_041_-_poco_totoro_de_baixo_e_saco_dos_veados_-_ok_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8310/indicacao_043_-_sopa_cidada_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8311/indicacao_044_-_rotatoria_unica_master_assinado.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8312/indicacao_045_-_internet_gratuita_mercado_e_feira_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8313/indicacao_046_-_internet_gratuita_praca_tete_salustino_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8314/indicacao_047-_limpeza_e_revitalizacao_praca_jose_ramalho_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8315/indicacao_048_-_internet_gratuita_terminal_rodoviario_assinado.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8316/indicacao_049_-_cobertura_quadra_ivp_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8318/indicacao_050_-_estacionamento_ivp_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8319/indicacao_104_-_instalacao_de_refletores_de_led_na_rua_napoleao_bezerra_centro..pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8321/indicacao_105_-_instalacao_de_refletores_de_led_na_av._rubens_pereira_parque_dourado..pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8322/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8323/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8325/indicacao_221limpeza_de_mato_lixo_e_retirada_de_entulho_da_tota_construtor.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8326/indicacao_no_093_-_reparo_das_janelas_do_banheiro_do_centro_de_artesanato_chico_santeiro__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8327/indicacao_no_094_-_execucao_em_carater_de_urgencia_de_servicos_de_reparo_no_sistema_de_drenagem_do_teto_do_centro_de_artesanato_chico_santeiro__-_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8328/indicacao_no_092_-__construcao_de_uma_estrutura_de_deposito_no_centro_de_artesanato_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8329/indicacao_no_095_-_instalacao_de_toldos_nas_portas_das_lojas_do_centro_de_artesanato_chico_santeiro_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8330/indicacao_no_096_-__instalacao_de_placa_de_identificacao_do_centro_de_artesanato_chico_santeiro_-_gab_e_semosu.docx.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8331/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8332/eloi_pescador.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8333/indicacao_03_-_o_nivelamento_e_retirada_de_areia_na_rua_maestro_jose_carlos_no_bairro_radir_pereira.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8334/indicacao_109_-_alargamento_da_parede_do_acude_ursula_medeiros_distrito_da_cruz..pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8335/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8336/redutor_de_velocidade_para_a_rua_do_ferro2c_indicacao_002_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8337/perfuracao_de_pocos_tubulares_no_povoado_totoro._indicacao_003_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8338/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8339/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8340/27_esgoto_a_ceu_aberto_existente_no_cruzamento_das_ruas_rio_sao_bento_com_riacho_do_maxixe_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8341/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8342/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8343/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8344/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8345/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8346/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8347/indicacao_034.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8348/indicacao_033.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8349/indicacao_035.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8350/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8351/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8352/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8353/indicacao_223_a_troca_de_lampada_queimada__na_rua_riacho_marcacao.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8354/28_solicita_a_reforma_geral_da_praca_da_juventude2c_localizada_no_bairro_silvio_bezerra_de_melo2c_no_municipio_de_currais_novos._assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8361/indicacao_224_faixa_de_pedestre_rua_napoleao_bezerra.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8362/indicacao_226_dedetizacao_nas_ubs_e_pronto_atendimento.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8363/33_limpeza_mundo_da_crianca_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8364/indicacao_036.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8365/32_solicito_que_seja_realizada_a_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8366/31_solicito_que_seja_realizada_a_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8367/indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8368/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8369/29_criacao_de_parque_multisenssorial_assinado.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8370/34_aba_especifica_no_portal_da_transparencia_do_site_oficial_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8371/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8372/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8373/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8374/indicacao_no_097_-_estudo_tecnico_com_vistas_a_melhoria_e_organizacao_das_areas_de_estacionamento_no_entorno_da_sidys_e_do_antigo_predio_da_oi_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8375/indicacao_040.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8376/35_ind._recuparcao_das_estradas_sm2c_sp2c_nr_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8377/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8378/indicacao_110_-_reforma_da_creche_municipal_margarida_cunha..pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8379/036-adocao_de_medidas_relacionadas_a_queimadas__assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8380/indicacao_25_pavimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8381/indicacao_111_-_passagem_molhada_na_comunidade_cachoeira..pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8382/indicacao_210_disponibilize_o_setor_de_projeto_do_municipio_para_ir_ao_hospital_mariano_1ass.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8383/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8391/64_-_reforma_da_ubs_-_trangola.docx_-_google_docs_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8392/65_-_ponto_de_internet_-_ubs_trangola.docx_-_google_docs_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8393/indicacao_045.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8394/indicacao_04_-_a_realizacao_de_podas_nas_arvores_localizadas_na_rua_jose_milanez_centro..docx.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8395/indicacao_05_-_melhorias_na_iluminacao_da_rua_jose_milanes_centro..docx.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8396/37_solicita_a_limpeza_de_bueiro_na_rua_prof._manoel_targino2c_no_bairro_silvio_bezerra2c_no_municipio_de_currais_novos._assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8397/indicacao_042.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8398/indicacao_043.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8399/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8400/instalacao_de_academia_popular_na_mina_acauan_2c_indicacao_005_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8401/redutor_de_velocidade_para_a_avenida_teotonio_freire2c_indicacao_004_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8402/indicacao_052_-_construcao_calcada_francisco_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8403/indicacao_053_-_coletores_de_lixo_pracas_monsenhor_paulo_heroncio_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8404/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8405/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8406/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8407/indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8408/indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8415/indicacao_06_-_considere_a_implementacao_de_faixa_de_pedestre_na_duas_vias_em_frente_a_jvc_e_ao_tungstenio_seguros__na_rua_av._dr._silvio_bezerra_de_melo_centro.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8416/indicacao-038-interdicao_de_parte_da_rua_do_plutonio2c_bairro_jk2c_em_frente_a_paroquia_da_imaculada_conceicao._assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8417/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8418/indicacao_051.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8419/indicacao_222_iluminacao_com_refletores_de_led_na_rua_antonio_eduardo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8421/indicacao_055_-_encaminhar_projeto_de_lei_teto_maximo_cip_assinado..pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8422/indicacao_052.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8423/indicacao_054_-_emenda_ubs_e_academia_radir_pereira-_zenaide_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8424/indicacao_10_2026_25_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8425/indicacao_11_2026_25_de_fev_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8428/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8429/indicacao_054.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8430/indicacao_053.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8431/perfuracao_de_poco_tubular_na_residencia_de_joao_maria_agripino_dos_santos2c_indicacao_006_assinado.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8432/perfuracao_de_poco_tubular_na_residencia_de_maciel_francisco_freire2c_indicacao_007_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8433/construcao_de_praca_na_mina_acauan_2c_indicacao_009_assinado.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8434/redutor_de_velocidade_para_o_prolomgamento_da_mina_acauan2c_indicacao_008_assinado.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8435/66_-_criacao_do_fundo_de_desenvolvimento_urbano_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8438/indicacao_056.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8439/indicacao_055.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8440/indicacao_0057.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8441/indicacao-040-servico_de_terraplanagem_na_rua_juvenal_de_oliveira2c_localizada_no_bairro_silvio_bezerra._assinado.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8442/indicacao-039_bueiro._rua_parelhaas_2c_rua_lucilia_martins_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8443/indicacao_no_098_-_reabertura_do_laboratorio_de_analises_clinicas_da_rede_municipal_de_saude_-_gab_e_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8444/indicacao_227_servico_em_carater_de_urgencia_para_adequacao_drenagem_e_melhoria_da_estrada_de_acesso_a_comunidade_saco_dos_veados.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8445/indicacao-041-_terrapalnagem2c_da_comunidade_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8446/indicacao-042-_solicita_mapeamento_de_ruas_nao_pavimentadas._assinado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8447/indicacao_059.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8448/018_-_pavimentacao_da_av_maria_do_rosario_dantas.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8449/indicacao-043-_servico_de_terraplanagem_na_rua_satiro_pinheiro2c_no_bairro_silvio_bezerra_de_melo2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8450/indicacao-045-_terraplanagem_na_rua_luiz_lopes_neto2c_no_bairro_doutor_jose_bezerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8451/indicacao-044-_terraplanagem_na_rua_dede_candido2c_no_bairro_silvio_bezerra_de_melo._assinado.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8452/indicacao_112_-_instalacao_de_um_coletor_de_lixo_na_rua_pedro_fidelis_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8454/indicacao_28_pavimentacao_cleiton_riquelme..pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8455/indicacao-046-_terraplanagem_da_rua_do_curtume-_paizinho_maria__assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8456/indicacao-047-terraplanagem_na_rua_ze_de_gois2c_no_bairro_doutor_jose_bezerra._assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8457/rua_chico_targino_34_assinada..pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8458/42-_recuperacao_da_estrutura_de_ferro.docx_1.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8459/67_-_extensao_da_rede_-_caern_1.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8460/69-_reforma_no_telhado_do_teatro.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8461/070_-_manutencao_na_parede_do_acude_totoro.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8462/071_-_passagem_molhada_saco_dos_veados.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8463/72_-_primo_martins.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8464/73_-_mudanca_da_rede_de_esgoto.docx_1.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8465/indicacao_38_pavimentacao_joseildo_assinada.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8466/indicacao_060.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8467/indicacao_no_099_-_aquisicao_de_maca_ginecologica_para_a_ubs_manoel_salustino_i__-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8468/indicacao_113_-_instalacao_de_um_refletor_de_led_na_rua_josue_bezerra_simoes_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8472/indicacao_115_-_construcao_de_uma_praca_publica_com_parque_infantil_e_academia_popular_na_rua_ze_de_gois_dr._jose_bezerra..pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8473/modelo_de_indicacao_35_academia_chico_targinoassinada..pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8474/indicacao-_048-_do_cronograma_de_execucao_da_obra_de_pavimentacao_da_rua_jose_delprete_gomes.._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8476/indicacao_116_-_coletores_de_lixo_na_rua_lula_gomes_centro..pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8477/indicacao-050-_lampada_queimada_do_poste_nc2ba_aa2-6225_assinado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8478/indicacao_um_veiculo_boiador_como_tambem_um_profissional_com_habilidades_para_lacar_animais.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8479/pavimentacao_chico_targino_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8480/indicacao_pintura_campo_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8481/indicacao_totoro_asfalto_assinada.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8482/indicacao_caoela_assinado.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8483/indicacao_no_100_-_estudo_sobre_possiveis_solucoes_para_amenizar_o_fluxo_intenso_do_cruzamento_da_rua_professora_maria_jose_varela_e_av._candido_dantas_-_smtt.docx.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8484/indicacao_117_-_pavimentacao_da_rua_joao_lino_paizinho_maria..pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8485/indicacao_119_-_poda_das_arvores_da_rua_lula_gomes_-_centro..pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8486/indicacao_118_-_poda_das_arvores_da_rua_carnauba_dos_dantas_jk..pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8487/imdicac_228_a_reforma_da_escola_municipal_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8488/indicacao_229__realizado_um_estudo_viabilizado_no_servico_de_drenagem_no_distrito_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8489/indicacao_ulisses_caldas_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8490/indicacao_ladislau_galvao_assinada.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8491/indicacao_07_-__instalacao_de_lixeiras_publicas_na_rua_juventino_da_silveira.docx.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8492/indicacao_120_-_poda_das_arvores_do_largo_junior_toscano..pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8495/solicita_estudo_tecnico_para_melhoria_no_acesso_da_localidade_sitio_namorados2c_visando_garantir_a_trafegabilidade_no_periodo_chuvoso._assinado.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8496/indicacao_no_101_-_implantacao_de_acesso_adaptado_ao_redor_do_conteiner_de_saude_na_feira_coberta__-_semsa.docx.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8497/indicacao_231_realinhamento_da_rua_irma_maura_cruz.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8498/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8501/indicacao_018.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8505/imdicac_228_a_reforma_da_escola_municipal_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8506/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8507/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8508/indicacao_234_servico_de_limpeza_de_lixo_e_retirada_de_entulho_metralha_na_avenida_getulio_vargas.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8509/indicacao_233_colocacao_de_material_de_asfalto_fresado_nas_ruas_manoel_vicente_e_manoel_severino_neto.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8511/indicacao_235_limpeza_de_mato_lixo_e_retirada_de_entulho_na_rua_manoel_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8512/indicacao_121_-_arborizacao_da_ubs_expedito_araujo..pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8513/indicacao_061.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8514/indicacao_122_-_a_climatizacao_da_recepcao_e_da_brinquedoteca_da_ubs_expedito_araujo..pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8515/indicacao_123_-_climatizacao_da_escola_municipal_francisco_leonis_gomes_de_assis..pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8516/indicacao_062.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8517/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8520/indicacao_056_-_remocao_de_entulhos_rua_jose_bezerra_gomes_assinado.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8524/arena_mirador_assinada.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8525/rua_antonio_bezerra_assinada.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8526/indicacao_057_-_mata-burro_28modelo_novo29docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8527/80_-_limpeza_de_arranca_toco_-_sitio_fortaleza_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8528/77_-_desmatamento_-_fazenda_soledade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8529/78_-_revenca_no_acude_do_assentamento-_fazenda_soledade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8530/79_-_dois_mata_burros_-_fazenda_soledade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8531/81_-_mata_burro-_fazenda_liberdade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8532/82_-_passagem_molhada_-_fazenda_liberdade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8533/75_-_mata_burro_-_fazenda_fortaleza_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8534/88_-_poco_-_sitio_liberdade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8535/76_-_mata_burros-_fazenda_soledade.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8536/83_-_recuperar_cisterna_-_sitio_fortaleza.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8537/indicacao_064.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8538/93_-_coletor_de_lixo_maxinare.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8539/indicacao_065.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8540/94_-_estrada_do_santo_andre.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8541/97_-_passagem_molhada_na_capela_do_santo_andre.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8543/95_-_lombada_ou_fiscalizacao_eletronica_br_427.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8545/96_-_construcao_de_ubs_no_santo_andre.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8547/pavimentacao_flavio_adriano_2_ass.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8548/pavimentacao_compadre_amancio_2.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8549/99_-_passagem_molhada_no_rio_mulungu_do_santo_andre.docx_2.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8550/98_-_construcao_de_mata_burro_no_santo_andre.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8551/praca_chico_targino.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8552/rua_tomaz_alves_assinada.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8553/refletores_tomaz_alves_assinada.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8554/rua_construtor_zacarias_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8555/rua_minervino_assinada.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8556/solicitacao_a_cosern_sobre_queda_de_energia_constante_nas_comunidades_rurais2c_bom_descanso_e_mirador_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8558/refletores_gervazio_assinada.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8559/indicacao_236_servico_de_limpeza_de_mato_lixo_e_retirada_de_entulho_no_cruzamento_das_ruas__antonio_bezerra_linhares_com_a_pedro_barbosa.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8560/indicacao_069.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8561/indicacao_070.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8562/abilio_chacon_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8563/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8564/indicacao_071.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8565/indicacao_072.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8566/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8567/indicacao_074.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8568/indicacao_124_-_complementacao_da_pavimentacao_da_rua_jose_victor_damiao2cradir_pereira._assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8569/parada_de_onibus_ufrn_assinada.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8570/capitao_mor_assinada.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8571/hospital_assinada.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8572/praca_da_rodoviaria_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8573/asfalto_caixa_assinada.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8574/lula_gomes_assinada.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8575/lula_gomes_moises_galvao_assinada.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8576/refletores_de_led_2_rua_boa_vista_assinada.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8577/84_-_perfuracao_de_poco_-_sitio_liberdade.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8578/87_-_mata_burro_-_assentamento_liberdade_.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8579/corrimao_rua_boa_vista_assinada.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8580/corrimao_rua_do_rosario_assinada.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8581/refletores_de_led_tristao_de_barros_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8582/refletores_de_led_jose_borges_assinada.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8583/indicacao_no_102_-_encaminhamento_do_projeto_de_lei_para_criacao_do_procon_municipal_-_gab_.docx.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8584/complementacao_vpa_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8585/rua_bernadete_assinada.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8586/indicacao_12_de_16_de_marco_de_2026-1_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8587/85_-_bagaco_de_cana_-_sitio_cruzeiro_de_santana.docx_-_google_docs_1.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8588/poda_de_arvore_assinada.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8589/100_-_placa_de_identificacao.docx_-_google_docs.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8602/indicacao_237_a_instalacao_de_um_redutor_de_velocidade_na_rua_albany_salustino.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8603/indicacao_238_a_implantacao_de_uma_academia_ao_livre.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8604/indicacao_13_de_18_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8605/indicacao_14_de_18_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8606/indicacao_239_servico_de_limpeza_de_mato_na_parede_sitio_marcacao.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8607/saneamento_manoel_assinada.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8608/indicacao_no_103_-_criacao_de_um_plano_de_melhoria_salarial_para_enfermeiros_e_tecnicos_em_enfermagem_que_atuam_na_escala_de_plantao_pela_rede_de_saude_do_municipio_-_gab_.docx.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8609/indicacao_076.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8610/101_-_restauracao_da_cruz_-_cruzeiro.docx_1.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8611/indicacao_08_-_troca_de_iluminacao_da_bernadete_xavier.docx.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8612/acessibilidade_assinada.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8613/indicacao_240_a_instalacao_de_um_redutor_de_velocidade_na_rua_moises_galvao.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8614/indicacao_241_carro_fumasse_para_diminuir_as_muricocas_da_mina_brejui.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8615/indicacao_242_deputado_ezequiel_emenda_parlamentar_para_a_construcao_de_passagens_molhada_no_sitio_terra_nova_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8616/modelo_de_indicacao_89_academia_gilberto_pinheiro_assinada.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8617/indicacao_125_-_instalacao_de_lixeiras_de_alta_capacidade_na_comunidade_manicoba._assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8618/refletores_raul_macedo_assinado.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8619/rua_maria_galvao_chacon.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8620/indicacao_058_-_melhorias_praca_stoessel_augusto_assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8621/indicacao_062_-_passagem_molhada_rua_marta_claudino_assinado.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8622/indicacao_066_-_muda_de_arvores_frutiferas_assinado.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8623/indicacao_071_-_construcao_de_lombada_na_rua_presidente_costa_e_silva_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8624/indicacao_061_-_remocao_de_entulhos_rua_bitonia_salustino_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8625/indicacao_064_-_placa_identificadora_posto_marlene_ricardo_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8626/indicacao_063_-_reforma_silvio_bezerra_assinado.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8627/indicacao_067_-_instalacao_de_placas_de_sinalizacao_indicando_o_acesso_a_central_do_cidadao_assinado.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8628/indicacao_070_-_criacao_de_programa_de_incentivo_ao_plantio_de_hortalicas_nas_escolas_da_rede_municipal_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8629/indicacao_075_-_construcao_de_lombada_na_rua_elias_fernandes_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8630/indicacao_073_-_instalacao_e_ampliacao_de_coletores_de_lixo_nas_pracas_desembargador_tomaz_salustino_e_cristo_rei_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8631/indicacao_072_-_instalacao_e_ampliacao_de_coletores_de_lixo_na_praca_tete_salustino_assinado.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8632/cemiterio_assinada.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8633/cemiterio_iluminacao_assinada.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8636/indicacao_065_-_coletores_de_lixo_-_praca_largo_junior_toscano_assinado.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8637/indicacao_10_-_calcamento_na_rua_sebastiao_faustino_da_silva_radir_pereira..docx.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8638/indicacao_012_-_coleta_de_lixo_bom_sucesso.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8639/indicacao_126_-_instalacao_de_refletores_de_led_na_rua_candido_mendes2c_santa_maria_gorete-centro._assinado.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8640/indicacao_128_-_construcao_de_um_ginasio_poliesportivo_no_povoado_malhada_da_areia._assinado.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8641/indicacao_15_de_23_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8642/indicacao_17_de_23_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8643/indicacao_16_de_23_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8646/indicacao_129_-_instalacao_refletores_de_led_na_rua_dede_candido2c_silvio_bezerra_de_melo._assinado.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8647/indicacao_013_-_pavimentacao_bom_sucesso_1.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8648/refletores_de_led_luiz_lopes_neto_assinada.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8649/complementacao_da_pavimentacao_professora_creuza_bezerraassinada.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8650/indicacao_078.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8651/indicacao_130_-_instalacao_de_refletores_de_led_na_rua_lourival_lourenco_dantas2c_manoel_salustino._assinado.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8652/pavimentacao_francisca_arcanjo_de_oliveira_assinada.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8653/pavimentacao_manoel_lopes_galvao_assinada.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8654/refletores_de_led_francisca_arcanjo_de_oliveira_assinada.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8655/manutencao_basica_da_rua_manoel_severino_neto_assinada.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8656/refletores_de_manoel_vicente_refletores_assinado.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8657/refletores_de_manoel_vicente_refletoresassinada.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8658/refletores_de_ludemario_max_refletoresassinada.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8659/pavimentacao_antonio_zizaassinada.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8660/indicacao_131_-_cursos_de_formacao_destinados_a_comunidade_malhada_de_dentro._assinado.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8662/indicacao_080.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8663/parque_creche_assinada.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8664/indicacao_18_de_25_de_marco_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8667/cobertura_creche_assinada.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8668/020_-_transparencia_na_utilizacao_dos_recursos_do_cfem.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8670/pintura_francisco_rosa_e_crecheassinada.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8671/indicacao_136_-_pavimentacao_da_rua_jose_sales_sobrinho2c_manoel_salustino._assinado.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8672/refletores_de_led_moises_galvaoassinada.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8673/refletores_manoel_moura_2assinada.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8674/refletores_de_led_jose_veceslauassinada.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8675/pavimentacao_joao_honorato_assinada.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8676/manutencao_basica_da_rua_minerador_manoel_izidioassinada.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8677/refletores_minerador_m_izidioassinada.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8678/refletores_de_led_damiao_azevedoassinada.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8679/refletores_de_ze_mulatinhoassinada.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8680/complementacao_ze_galvaoassinada.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8681/refletores_de_operario_joao_eduardoassinada.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8684/ponto_de_internetassinada.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8685/cimentacao_da_terreno_baldio_francisco_rosa_2assinada.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8686/indicacao_132_-_climatizacao_da_escola_municipal_salustiano_medeiros..pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8687/complementacao_joao_alfredoassinada.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8688/indicacao_133_-_implantacao_de_um_laboratorio_de_ciencias_na_escola_municipal_salustiano_medeiros..pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8689/complementacao_pavimentacao_asfaltica_alcindo_gomes3assinada.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8690/indicacao_12_-_vistoria_e_se_necessario_a_troca_de_um_poste_de_no_aa16573_na_rua_prefeito_alcindo_gomes_bairro_manoel_salustino.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7776/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/7923/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8145/001_mocao_de_parabens_ranuzia.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8192/01_-_mocao_-_rayelle_ferreira_da_silva.docx_2.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8259/02_-_mocao_-_vilton_cunha_1_1.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8260/03_-_vicente_vilani_cunha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8324/mocao_0003_assinado.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8355/38_rodrigo_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8356/39_allan_matson.docx_29_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8357/40_breno_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8358/41_hugo_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8359/42_joao_bezerra_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8360/43_caninde_ass_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8384/53_anny.docx_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8385/54_ransmylle.docx_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8409/49_wellinton_carcara.docx_29_29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8410/50_corina.docx_29_29_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8411/51_lara.docx_29_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8412/52_tavares.docx_29_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8420/mocao_de_parabens_marcos_camilo.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8426/mocao_de_pesar_01_09_de_fev_2026_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8427/mocao_de_parabens_02_25_de_fev_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8453/mocao_001_-_vilar_assinado.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8502/mocao_de_pesar.docx_1.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8510/mocao_002_-_esther.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8557/mocao_de_parabens2c_manoel_felipe_da_silva2c_001_assinado.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8590/55_wiriama.docx.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8591/56_joabson.docx.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8593/58_gcharles.docx.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8594/59_isabella.docx_1.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8595/60_claudio.docx.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8596/61_maricelia.docx.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8597/62_sebastiao_balbino.docx.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8598/63_ester.docx.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8599/64_carlos_eduardo.docx.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8661/mocao_no_001_-_luiz_fernando_dias_-_aplausos.docx.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8665/05_-_mocao_de_aplausos_-_festa_de_sao_jose.docx_1.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8592/57_luana.docx.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8386/emenda_modificativa_ao_projeto_de_lei_ordinaria_no_034_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8413/emenda_supressiva_ao_projeto_de_lei_ordinaria_no_002_2026.docx.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2026/8414/emenda_modificativa_ao_projeto_de_lei_ordinaria_no_002_2026.docx.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H904"/>
+  <dimension ref="A1:H979"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -11776,23336 +12654,25286 @@
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
         <v>45</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="F9" t="s">
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
         <v>50</v>
       </c>
-      <c r="B10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F13" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
       <c r="H13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F14" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>73</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F17" t="s">
+        <v>74</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
         <v>83</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>87</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F21" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>100</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>50</v>
+      </c>
+      <c r="F22" t="s">
         <v>101</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="G22" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>105</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H23" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>110</v>
       </c>
       <c r="D24" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F24" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>114</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
         <v>115</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G25" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>119</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>121</v>
       </c>
       <c r="H26" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>123</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>124</v>
       </c>
       <c r="D27" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E27" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F27" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H27" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>127</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>128</v>
       </c>
       <c r="D28" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H28" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>131</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>132</v>
       </c>
       <c r="D29" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E29" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F29" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>133</v>
       </c>
       <c r="H29" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>135</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>136</v>
       </c>
       <c r="D30" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F30" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H30" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>139</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>140</v>
       </c>
       <c r="D31" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E31" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F31" t="s">
+        <v>106</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>143</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>144</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>49</v>
+      </c>
+      <c r="E32" t="s">
+        <v>50</v>
+      </c>
+      <c r="F32" t="s">
+        <v>45</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>147</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>148</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>49</v>
+      </c>
+      <c r="E33" t="s">
+        <v>50</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>151</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>152</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>49</v>
+      </c>
+      <c r="E34" t="s">
+        <v>50</v>
+      </c>
+      <c r="F34" t="s">
+        <v>45</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>155</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>156</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>49</v>
+      </c>
+      <c r="E35" t="s">
+        <v>50</v>
+      </c>
+      <c r="F35" t="s">
+        <v>45</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>159</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>160</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>49</v>
+      </c>
+      <c r="E36" t="s">
+        <v>50</v>
+      </c>
+      <c r="F36" t="s">
+        <v>106</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" t="s">
+      <c r="H36" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>163</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" t="s">
+        <v>49</v>
+      </c>
+      <c r="E37" t="s">
+        <v>50</v>
+      </c>
+      <c r="F37" t="s">
         <v>165</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="G37" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>168</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>169</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>49</v>
+      </c>
+      <c r="E38" t="s">
+        <v>50</v>
+      </c>
+      <c r="F38" t="s">
+        <v>165</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>172</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>173</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>49</v>
+      </c>
+      <c r="E39" t="s">
+        <v>50</v>
+      </c>
+      <c r="F39" t="s">
+        <v>74</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>176</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>177</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>49</v>
+      </c>
+      <c r="E40" t="s">
+        <v>50</v>
+      </c>
+      <c r="F40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>180</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>181</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>49</v>
+      </c>
+      <c r="E41" t="s">
+        <v>50</v>
+      </c>
+      <c r="F41" t="s">
+        <v>106</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>184</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>185</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" t="s">
+        <v>50</v>
+      </c>
+      <c r="F42" t="s">
+        <v>106</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>188</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>189</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>49</v>
+      </c>
+      <c r="E43" t="s">
+        <v>50</v>
+      </c>
+      <c r="F43" t="s">
+        <v>74</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>192</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>193</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>49</v>
+      </c>
+      <c r="E44" t="s">
+        <v>50</v>
+      </c>
+      <c r="F44" t="s">
+        <v>106</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>196</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>197</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>49</v>
+      </c>
+      <c r="E45" t="s">
+        <v>50</v>
+      </c>
+      <c r="F45" t="s">
+        <v>88</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>200</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>201</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>49</v>
+      </c>
+      <c r="E46" t="s">
+        <v>50</v>
+      </c>
+      <c r="F46" t="s">
+        <v>106</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>204</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>205</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>49</v>
+      </c>
+      <c r="E47" t="s">
+        <v>50</v>
+      </c>
+      <c r="F47" t="s">
+        <v>106</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>208</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>209</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>49</v>
+      </c>
+      <c r="E48" t="s">
+        <v>50</v>
+      </c>
+      <c r="F48" t="s">
+        <v>115</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>212</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>213</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>49</v>
+      </c>
+      <c r="E49" t="s">
+        <v>50</v>
+      </c>
+      <c r="F49" t="s">
+        <v>165</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>216</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>217</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>49</v>
+      </c>
+      <c r="E50" t="s">
+        <v>50</v>
+      </c>
+      <c r="F50" t="s">
+        <v>88</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>220</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>221</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
+        <v>49</v>
+      </c>
+      <c r="E51" t="s">
+        <v>50</v>
+      </c>
+      <c r="F51" t="s">
+        <v>83</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>224</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" t="s">
+        <v>49</v>
+      </c>
+      <c r="E52" t="s">
+        <v>50</v>
+      </c>
+      <c r="F52" t="s">
+        <v>83</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B52" t="s">
-[...11 lines deleted...]
-      <c r="F52" t="s">
+      <c r="H52" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>228</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>229</v>
+      </c>
+      <c r="D53" t="s">
+        <v>49</v>
+      </c>
+      <c r="E53" t="s">
+        <v>50</v>
+      </c>
+      <c r="F53" t="s">
+        <v>51</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B53" t="s">
-[...11 lines deleted...]
-      <c r="F53" t="s">
+      <c r="H53" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>232</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>233</v>
+      </c>
+      <c r="D54" t="s">
+        <v>49</v>
+      </c>
+      <c r="E54" t="s">
+        <v>50</v>
+      </c>
+      <c r="F54" t="s">
+        <v>88</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B54" t="s">
-[...5 lines deleted...]
-      <c r="D54" t="s">
+      <c r="H54" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>236</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>237</v>
+      </c>
+      <c r="D55" t="s">
+        <v>49</v>
+      </c>
+      <c r="E55" t="s">
+        <v>50</v>
+      </c>
+      <c r="F55" t="s">
+        <v>115</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H55" t="s">
         <v>239</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>27</v>
+        <v>241</v>
       </c>
       <c r="D56" t="s">
-        <v>240</v>
+        <v>49</v>
       </c>
       <c r="E56" t="s">
-        <v>241</v>
+        <v>50</v>
       </c>
       <c r="F56" t="s">
+        <v>83</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>31</v>
+        <v>245</v>
       </c>
       <c r="D57" t="s">
-        <v>240</v>
+        <v>49</v>
       </c>
       <c r="E57" t="s">
-        <v>241</v>
+        <v>50</v>
       </c>
       <c r="F57" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="H57" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>248</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>249</v>
+      </c>
+      <c r="D58" t="s">
+        <v>49</v>
+      </c>
+      <c r="E58" t="s">
+        <v>50</v>
+      </c>
+      <c r="F58" t="s">
+        <v>51</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H58" t="s">
         <v>251</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>252</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" t="s">
+        <v>253</v>
+      </c>
+      <c r="E59" t="s">
         <v>254</v>
       </c>
-      <c r="B59" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H59" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>257</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="D60" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="E60" t="s">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="F60" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H60" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="D61" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="E61" t="s">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="F61" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H61" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>240</v>
+        <v>266</v>
       </c>
       <c r="E62" t="s">
-        <v>241</v>
+        <v>267</v>
       </c>
       <c r="F62" t="s">
-        <v>227</v>
+        <v>41</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="H62" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E63" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F63" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="H63" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="D64" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E64" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F64" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="H64" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="D65" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E65" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F65" t="s">
-        <v>84</v>
+        <v>273</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="H65" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D66" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E66" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F66" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
       <c r="D67" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E67" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F67" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="H67" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="D68" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E68" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F68" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="H68" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>106</v>
+        <v>73</v>
       </c>
       <c r="D69" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E69" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F69" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="H69" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="D70" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E70" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F70" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="H70" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="D71" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E71" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F71" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="H71" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>120</v>
+        <v>87</v>
       </c>
       <c r="D72" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E72" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F72" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="H72" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="D73" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E73" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F73" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="H73" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="D74" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E74" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F74" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="H74" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>132</v>
+        <v>100</v>
       </c>
       <c r="D75" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E75" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F75" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="H75" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="D76" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E76" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F76" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="H76" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="D77" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E77" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F77" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="H77" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>145</v>
+        <v>114</v>
       </c>
       <c r="D78" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E78" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F78" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="H78" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>149</v>
+        <v>119</v>
       </c>
       <c r="D79" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E79" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F79" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="H79" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>153</v>
+        <v>124</v>
       </c>
       <c r="D80" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E80" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F80" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="H80" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>157</v>
+        <v>128</v>
       </c>
       <c r="D81" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E81" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F81" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="H81" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="D82" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E82" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F82" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="H82" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>166</v>
+        <v>136</v>
       </c>
       <c r="D83" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E83" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F83" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="H83" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="D84" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E84" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F84" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="H84" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>174</v>
+        <v>144</v>
       </c>
       <c r="D85" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E85" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F85" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="H85" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>178</v>
+        <v>148</v>
       </c>
       <c r="D86" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E86" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F86" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="H86" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>182</v>
+        <v>152</v>
       </c>
       <c r="D87" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E87" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F87" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="H87" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>186</v>
+        <v>156</v>
       </c>
       <c r="D88" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E88" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F88" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="H88" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="D89" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E89" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F89" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="H89" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>194</v>
+        <v>164</v>
       </c>
       <c r="D90" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E90" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F90" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="H90" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>198</v>
+        <v>169</v>
       </c>
       <c r="D91" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E91" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F91" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="H91" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="D92" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E92" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F92" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="H92" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>206</v>
+        <v>177</v>
       </c>
       <c r="D93" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E93" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F93" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="H93" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>210</v>
+        <v>181</v>
       </c>
       <c r="D94" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E94" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F94" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="H94" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>214</v>
+        <v>185</v>
       </c>
       <c r="D95" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E95" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F95" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="H95" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>218</v>
+        <v>189</v>
       </c>
       <c r="D96" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E96" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F96" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="H96" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>369</v>
+        <v>193</v>
       </c>
       <c r="D97" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E97" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F97" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="H97" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>373</v>
+        <v>197</v>
       </c>
       <c r="D98" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E98" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F98" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H98" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>377</v>
+        <v>201</v>
       </c>
       <c r="D99" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E99" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F99" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H99" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>381</v>
+        <v>205</v>
       </c>
       <c r="D100" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E100" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F100" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H100" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>385</v>
+        <v>209</v>
       </c>
       <c r="D101" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E101" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F101" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H101" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>389</v>
+        <v>213</v>
       </c>
       <c r="D102" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E102" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F102" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H102" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>393</v>
+        <v>217</v>
       </c>
       <c r="D103" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E103" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F103" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>394</v>
       </c>
       <c r="H103" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>396</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
+        <v>221</v>
+      </c>
+      <c r="D104" t="s">
+        <v>271</v>
+      </c>
+      <c r="E104" t="s">
+        <v>272</v>
+      </c>
+      <c r="F104" t="s">
+        <v>106</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D104" t="s">
-[...8 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>399</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>225</v>
+      </c>
+      <c r="D105" t="s">
+        <v>271</v>
+      </c>
+      <c r="E105" t="s">
+        <v>272</v>
+      </c>
+      <c r="F105" t="s">
+        <v>106</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="H105" t="s">
         <v>401</v>
-      </c>
-[...13 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>402</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>229</v>
+      </c>
+      <c r="D106" t="s">
+        <v>271</v>
+      </c>
+      <c r="E106" t="s">
+        <v>272</v>
+      </c>
+      <c r="F106" t="s">
+        <v>106</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H106" t="s">
         <v>404</v>
-      </c>
-[...19 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>409</v>
+        <v>233</v>
       </c>
       <c r="D107" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E107" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F107" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="H107" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>413</v>
+        <v>237</v>
       </c>
       <c r="D108" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E108" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F108" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="H108" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>417</v>
+        <v>241</v>
       </c>
       <c r="D109" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E109" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F109" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="H109" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>421</v>
+        <v>245</v>
       </c>
       <c r="D110" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E110" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F110" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="H110" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>425</v>
+        <v>249</v>
       </c>
       <c r="D111" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E111" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F111" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="H111" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D112" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E112" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F112" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="H112" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="D113" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E113" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F113" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="H113" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="D114" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E114" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F114" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="H114" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="D115" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E115" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F115" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="H115" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="D116" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E116" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F116" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="H116" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="D117" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E117" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F117" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="H117" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="D118" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E118" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F118" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="H118" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="D119" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E119" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F119" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="H119" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="D120" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E120" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F120" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="H120" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="D121" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E121" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F121" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="H121" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="D122" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E122" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F122" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="H122" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="D123" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E123" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F123" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="H123" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="D124" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E124" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F124" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="H124" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="D125" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E125" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F125" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="H125" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D126" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E126" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F126" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="H126" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="D127" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E127" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F127" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="H127" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="D128" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E128" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F128" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="H128" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="D129" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E129" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F129" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="H129" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="D130" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E130" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F130" t="s">
-        <v>242</v>
+        <v>51</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="H130" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="D131" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E131" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F131" t="s">
-        <v>242</v>
+        <v>51</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="H131" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="D132" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E132" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F132" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="H132" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="D133" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E133" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F133" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="H133" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D134" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E134" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F134" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="H134" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="D135" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E135" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F135" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="H135" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="D136" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E136" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F136" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="H136" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="D137" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E137" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F137" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="H137" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="D138" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E138" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F138" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="H138" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="D139" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E139" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F139" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="H139" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="D140" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E140" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F140" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="H140" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="D141" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E141" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F141" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="H141" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="D142" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E142" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F142" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="H142" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="D143" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E143" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F143" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="H143" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D144" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E144" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F144" t="s">
-        <v>47</v>
+        <v>273</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="H144" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="D145" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E145" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F145" t="s">
-        <v>47</v>
+        <v>273</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="H145" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="D146" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E146" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F146" t="s">
-        <v>47</v>
+        <v>273</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="H146" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="D147" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E147" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F147" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="H147" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="D148" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E148" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F148" t="s">
-        <v>84</v>
+        <v>273</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="H148" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="D149" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E149" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F149" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="H149" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="D150" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E150" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F150" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="H150" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="D151" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E151" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F151" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="H151" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="D152" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E152" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F152" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="H152" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="D153" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E153" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F153" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="H153" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="D154" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E154" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F154" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="H154" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="D155" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E155" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F155" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="H155" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="D156" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E156" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F156" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="H156" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="D157" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E157" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F157" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="H157" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="D158" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E158" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F158" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="H158" t="s">
-        <v>615</v>
+        <v>607</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="D159" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E159" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F159" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="H159" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="D160" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E160" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F160" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="H160" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="D161" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E161" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F161" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="H161" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="D162" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E162" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F162" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="H162" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="D163" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E163" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F163" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="H163" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="D164" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E164" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F164" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="H164" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="D165" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E165" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F165" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="H165" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="D166" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E166" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F166" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="H166" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="D167" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E167" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F167" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="H167" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="D168" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E168" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F168" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="H168" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="D169" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E169" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F169" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="H169" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="D170" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E170" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F170" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="H170" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="D171" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E171" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F171" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="H171" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="D172" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E172" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F172" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="H172" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="D173" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E173" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F173" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="H173" t="s">
-        <v>675</v>
+        <v>667</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>676</v>
+        <v>668</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>677</v>
+        <v>669</v>
       </c>
       <c r="D174" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E174" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F174" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="H174" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="D175" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E175" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F175" t="s">
-        <v>84</v>
+        <v>273</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="H175" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="D176" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E176" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F176" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="H176" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="D177" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E177" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F177" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="H177" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
       <c r="D178" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E178" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F178" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="H178" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="D179" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E179" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F179" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="H179" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="D180" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E180" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F180" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="H180" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="D181" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E181" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F181" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="H181" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="D182" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E182" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F182" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="H182" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="D183" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E183" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F183" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="H183" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="D184" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E184" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F184" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="H184" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>721</v>
+        <v>713</v>
       </c>
       <c r="D185" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E185" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F185" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="H185" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="D186" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E186" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F186" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="H186" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="D187" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E187" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F187" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="H187" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="D188" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E188" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F188" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="H188" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="D189" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E189" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F189" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="H189" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="D190" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E190" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F190" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>742</v>
+        <v>734</v>
       </c>
       <c r="H190" t="s">
-        <v>743</v>
+        <v>735</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="D191" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E191" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F191" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="H191" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="D192" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E192" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F192" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="H192" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="D193" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E193" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F193" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="H193" t="s">
-        <v>755</v>
+        <v>747</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="D194" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E194" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F194" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="H194" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="D195" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E195" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F195" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="H195" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="D196" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E196" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F196" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="H196" t="s">
-        <v>767</v>
+        <v>759</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="D197" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E197" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F197" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>770</v>
+        <v>762</v>
       </c>
       <c r="H197" t="s">
-        <v>771</v>
+        <v>763</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>772</v>
+        <v>764</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>773</v>
+        <v>765</v>
       </c>
       <c r="D198" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E198" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F198" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>774</v>
+        <v>766</v>
       </c>
       <c r="H198" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="D199" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E199" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F199" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="H199" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>780</v>
+        <v>772</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="D200" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E200" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F200" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="H200" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="D201" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E201" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F201" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="H201" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="D202" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E202" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F202" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="H202" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="D203" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E203" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F203" t="s">
-        <v>242</v>
+        <v>45</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="H203" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>796</v>
+        <v>788</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="D204" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E204" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F204" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="H204" t="s">
-        <v>799</v>
+        <v>791</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="D205" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E205" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F205" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="H205" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>805</v>
+        <v>797</v>
       </c>
       <c r="D206" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E206" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F206" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="H206" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="D207" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E207" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F207" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="H207" t="s">
-        <v>811</v>
+        <v>803</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>812</v>
+        <v>804</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="D208" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E208" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F208" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>814</v>
+        <v>806</v>
       </c>
       <c r="H208" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
       <c r="D209" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E209" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F209" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>818</v>
+        <v>810</v>
       </c>
       <c r="H209" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>821</v>
+        <v>813</v>
       </c>
       <c r="D210" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E210" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F210" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>822</v>
+        <v>814</v>
       </c>
       <c r="H210" t="s">
-        <v>823</v>
+        <v>815</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>825</v>
+        <v>817</v>
       </c>
       <c r="D211" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E211" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F211" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>826</v>
+        <v>818</v>
       </c>
       <c r="H211" t="s">
-        <v>827</v>
+        <v>819</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>829</v>
+        <v>821</v>
       </c>
       <c r="D212" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E212" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F212" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>830</v>
+        <v>822</v>
       </c>
       <c r="H212" t="s">
-        <v>831</v>
+        <v>823</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="D213" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E213" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F213" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>834</v>
+        <v>826</v>
       </c>
       <c r="H213" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="D214" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E214" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F214" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="H214" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="D215" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E215" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F215" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="H215" t="s">
-        <v>843</v>
+        <v>835</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="D216" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E216" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F216" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="H216" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="D217" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E217" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F217" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="H217" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="D218" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E218" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F218" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>854</v>
+        <v>846</v>
       </c>
       <c r="H218" t="s">
-        <v>855</v>
+        <v>847</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="D219" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E219" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F219" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="H219" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>860</v>
+        <v>852</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>861</v>
+        <v>853</v>
       </c>
       <c r="D220" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E220" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F220" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>862</v>
+        <v>854</v>
       </c>
       <c r="H220" t="s">
-        <v>863</v>
+        <v>855</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>864</v>
+        <v>856</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="D221" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E221" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F221" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="H221" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D222" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E222" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F222" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="H222" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>873</v>
+        <v>865</v>
       </c>
       <c r="D223" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E223" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F223" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
       <c r="H223" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="D224" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E224" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F224" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="H224" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="D225" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E225" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F225" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="H225" t="s">
-        <v>883</v>
+        <v>875</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>884</v>
+        <v>876</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="D226" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E226" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F226" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="H226" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>889</v>
+        <v>881</v>
       </c>
       <c r="D227" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E227" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F227" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="H227" t="s">
-        <v>891</v>
+        <v>883</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="D228" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E228" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F228" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="H228" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="D229" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E229" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F229" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="H229" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>900</v>
+        <v>892</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="D230" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E230" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F230" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>902</v>
+        <v>894</v>
       </c>
       <c r="H230" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="D231" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E231" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F231" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="H231" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="D232" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E232" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F232" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="H232" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>912</v>
+        <v>904</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="D233" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E233" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F233" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="H233" t="s">
-        <v>915</v>
+        <v>907</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="D234" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E234" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F234" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>918</v>
+        <v>910</v>
       </c>
       <c r="H234" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="D235" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E235" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F235" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="H235" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="D236" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E236" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F236" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="H236" t="s">
-        <v>927</v>
+        <v>919</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="D237" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E237" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F237" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="H237" t="s">
-        <v>931</v>
+        <v>923</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>932</v>
+        <v>924</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>933</v>
+        <v>925</v>
       </c>
       <c r="D238" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E238" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F238" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>934</v>
+        <v>926</v>
       </c>
       <c r="H238" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="D239" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E239" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F239" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>938</v>
+        <v>930</v>
       </c>
       <c r="H239" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="D240" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E240" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F240" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="H240" t="s">
-        <v>943</v>
+        <v>935</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>944</v>
+        <v>936</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>945</v>
+        <v>937</v>
       </c>
       <c r="D241" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E241" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F241" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="H241" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="D242" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E242" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F242" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="H242" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="D243" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E243" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F243" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="H243" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="D244" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E244" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F244" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="H244" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="D245" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E245" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F245" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="H245" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="D246" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E246" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F246" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="H246" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="D247" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E247" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F247" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="H247" t="s">
-        <v>971</v>
+        <v>963</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="D248" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E248" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F248" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>974</v>
+        <v>966</v>
       </c>
       <c r="H248" t="s">
-        <v>975</v>
+        <v>967</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>976</v>
+        <v>968</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>977</v>
+        <v>969</v>
       </c>
       <c r="D249" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E249" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F249" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>978</v>
+        <v>970</v>
       </c>
       <c r="H249" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>980</v>
+        <v>972</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
       <c r="D250" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E250" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F250" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>982</v>
+        <v>974</v>
       </c>
       <c r="H250" t="s">
-        <v>983</v>
+        <v>975</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="D251" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E251" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F251" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="H251" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="D252" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E252" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F252" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="H252" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="D253" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E253" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F253" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>994</v>
+        <v>986</v>
       </c>
       <c r="H253" t="s">
-        <v>995</v>
+        <v>987</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>996</v>
+        <v>988</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="D254" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E254" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F254" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="H254" t="s">
-        <v>999</v>
+        <v>991</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>1000</v>
+        <v>992</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>1001</v>
+        <v>993</v>
       </c>
       <c r="D255" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E255" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F255" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>1002</v>
+        <v>994</v>
       </c>
       <c r="H255" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="D256" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E256" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F256" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="H256" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="D257" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E257" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F257" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="H257" t="s">
-        <v>1011</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>1012</v>
+        <v>1004</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>1013</v>
+        <v>1005</v>
       </c>
       <c r="D258" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E258" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F258" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="H258" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>1016</v>
+        <v>1008</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>1017</v>
+        <v>1009</v>
       </c>
       <c r="D259" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E259" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F259" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1018</v>
+        <v>1010</v>
       </c>
       <c r="H259" t="s">
-        <v>1019</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1020</v>
+        <v>1012</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>1021</v>
+        <v>1013</v>
       </c>
       <c r="D260" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E260" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F260" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
       <c r="H260" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="D261" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E261" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F261" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1026</v>
+        <v>1018</v>
       </c>
       <c r="H261" t="s">
-        <v>1027</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1028</v>
+        <v>1020</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1029</v>
+        <v>1021</v>
       </c>
       <c r="D262" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E262" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F262" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1030</v>
+        <v>1022</v>
       </c>
       <c r="H262" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1032</v>
+        <v>1024</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>1033</v>
+        <v>1025</v>
       </c>
       <c r="D263" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E263" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F263" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1034</v>
+        <v>1026</v>
       </c>
       <c r="H263" t="s">
-        <v>1035</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1036</v>
+        <v>1028</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1037</v>
+        <v>1029</v>
       </c>
       <c r="D264" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E264" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F264" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1038</v>
+        <v>1030</v>
       </c>
       <c r="H264" t="s">
-        <v>1039</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1040</v>
+        <v>1032</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
       <c r="D265" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E265" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F265" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1042</v>
+        <v>1034</v>
       </c>
       <c r="H265" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1044</v>
+        <v>1036</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1045</v>
+        <v>1037</v>
       </c>
       <c r="D266" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E266" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F266" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="H266" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
       <c r="D267" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E267" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F267" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="H267" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1052</v>
+        <v>1044</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1053</v>
+        <v>1045</v>
       </c>
       <c r="D268" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E268" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F268" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1054</v>
+        <v>1046</v>
       </c>
       <c r="H268" t="s">
-        <v>1055</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1056</v>
+        <v>1048</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1057</v>
+        <v>1049</v>
       </c>
       <c r="D269" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E269" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F269" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="H269" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="D270" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E270" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F270" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="H270" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="D271" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E271" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F271" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="H271" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="D272" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E272" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F272" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="H272" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="D273" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E273" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F273" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="H273" t="s">
-        <v>1075</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1077</v>
+        <v>1069</v>
       </c>
       <c r="D274" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E274" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F274" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
       <c r="H274" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="D275" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E275" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F275" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="H275" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="D276" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E276" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F276" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="H276" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="D277" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E277" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F277" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
       <c r="H277" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
       <c r="D278" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E278" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F278" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="H278" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="D279" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E279" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F279" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="H279" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
       <c r="D280" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E280" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F280" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
       <c r="H280" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
       <c r="D281" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E281" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F281" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
       <c r="H281" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1108</v>
+        <v>1100</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="D282" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E282" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F282" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1110</v>
+        <v>1102</v>
       </c>
       <c r="H282" t="s">
-        <v>1111</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1112</v>
+        <v>1104</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1113</v>
+        <v>1105</v>
       </c>
       <c r="D283" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E283" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F283" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1114</v>
+        <v>1106</v>
       </c>
       <c r="H283" t="s">
-        <v>1115</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1116</v>
+        <v>1108</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1117</v>
+        <v>1109</v>
       </c>
       <c r="D284" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E284" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F284" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1118</v>
+        <v>1110</v>
       </c>
       <c r="H284" t="s">
-        <v>1119</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1120</v>
+        <v>1112</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1121</v>
+        <v>1113</v>
       </c>
       <c r="D285" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E285" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F285" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1122</v>
+        <v>1114</v>
       </c>
       <c r="H285" t="s">
-        <v>1123</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="D286" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E286" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F286" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
       <c r="H286" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
       <c r="D287" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E287" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F287" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="H287" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="D288" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E288" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F288" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="H288" t="s">
-        <v>1135</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1136</v>
+        <v>1128</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="D289" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E289" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F289" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
       <c r="H289" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1141</v>
+        <v>1133</v>
       </c>
       <c r="D290" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E290" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F290" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="H290" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1145</v>
+        <v>1137</v>
       </c>
       <c r="D291" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E291" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F291" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1146</v>
+        <v>1138</v>
       </c>
       <c r="H291" t="s">
-        <v>1147</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1149</v>
+        <v>1141</v>
       </c>
       <c r="D292" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E292" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F292" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1150</v>
+        <v>1142</v>
       </c>
       <c r="H292" t="s">
-        <v>1151</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1153</v>
+        <v>1145</v>
       </c>
       <c r="D293" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E293" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F293" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="H293" t="s">
-        <v>1155</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
       <c r="D294" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E294" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F294" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1158</v>
+        <v>1150</v>
       </c>
       <c r="H294" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="D295" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E295" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F295" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1162</v>
+        <v>1154</v>
       </c>
       <c r="H295" t="s">
-        <v>1163</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1164</v>
+        <v>1156</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
       <c r="D296" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E296" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F296" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="H296" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="D297" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E297" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F297" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="H297" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="D298" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E298" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F298" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1174</v>
+        <v>1166</v>
       </c>
       <c r="H298" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="D299" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E299" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F299" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="H299" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="D300" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E300" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F300" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="H300" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="D301" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E301" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F301" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="H301" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="D302" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E302" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F302" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="H302" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="D303" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E303" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F303" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="H303" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="D304" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E304" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F304" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="H304" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
       <c r="D305" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E305" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F305" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="H305" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="D306" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E306" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F306" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="H306" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="D307" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E307" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F307" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="H307" t="s">
-        <v>1211</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
       <c r="D308" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E308" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F308" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="H308" t="s">
-        <v>1215</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1216</v>
+        <v>1208</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1217</v>
+        <v>1209</v>
       </c>
       <c r="D309" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E309" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F309" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1218</v>
+        <v>1210</v>
       </c>
       <c r="H309" t="s">
-        <v>1219</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="D310" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E310" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F310" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1222</v>
+        <v>1214</v>
       </c>
       <c r="H310" t="s">
-        <v>1223</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1224</v>
+        <v>1216</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1225</v>
+        <v>1217</v>
       </c>
       <c r="D311" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E311" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F311" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1226</v>
+        <v>1218</v>
       </c>
       <c r="H311" t="s">
-        <v>1227</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1228</v>
+        <v>1220</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="D312" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E312" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F312" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1230</v>
+        <v>1222</v>
       </c>
       <c r="H312" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="D313" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E313" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F313" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
       <c r="H313" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1236</v>
+        <v>1228</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
       <c r="D314" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E314" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F314" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
       <c r="H314" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="D315" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E315" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F315" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="H315" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1245</v>
+        <v>1237</v>
       </c>
       <c r="D316" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E316" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F316" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1246</v>
+        <v>1238</v>
       </c>
       <c r="H316" t="s">
-        <v>1247</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1248</v>
+        <v>1240</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
       <c r="D317" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E317" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F317" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="H317" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="D318" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E318" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F318" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="H318" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="D319" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E319" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F319" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="H319" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
       <c r="D320" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E320" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F320" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="H320" t="s">
-        <v>1263</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1265</v>
+        <v>1257</v>
       </c>
       <c r="D321" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E321" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F321" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1266</v>
+        <v>1258</v>
       </c>
       <c r="H321" t="s">
-        <v>1267</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1269</v>
+        <v>1261</v>
       </c>
       <c r="D322" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E322" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F322" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
       <c r="H322" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1272</v>
+        <v>1264</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
       <c r="D323" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E323" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F323" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1274</v>
+        <v>1266</v>
       </c>
       <c r="H323" t="s">
-        <v>1275</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1276</v>
+        <v>1268</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1277</v>
+        <v>1269</v>
       </c>
       <c r="D324" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E324" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F324" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1278</v>
+        <v>1270</v>
       </c>
       <c r="H324" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="D325" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E325" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F325" t="s">
-        <v>231</v>
+        <v>83</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
       <c r="H325" t="s">
-        <v>1283</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1285</v>
+        <v>1277</v>
       </c>
       <c r="D326" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E326" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F326" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="H326" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="D327" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E327" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F327" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="H327" t="s">
-        <v>1291</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="D328" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E328" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F328" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="H328" t="s">
-        <v>1295</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1296</v>
+        <v>1288</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
       <c r="D329" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E329" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F329" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="H329" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1300</v>
+        <v>1292</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1301</v>
+        <v>1293</v>
       </c>
       <c r="D330" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E330" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F330" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1302</v>
+        <v>1294</v>
       </c>
       <c r="H330" t="s">
-        <v>1303</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1304</v>
+        <v>1296</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1305</v>
+        <v>1297</v>
       </c>
       <c r="D331" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E331" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F331" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1306</v>
+        <v>1298</v>
       </c>
       <c r="H331" t="s">
-        <v>1307</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1308</v>
+        <v>1300</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1309</v>
+        <v>1301</v>
       </c>
       <c r="D332" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E332" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F332" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1310</v>
+        <v>1302</v>
       </c>
       <c r="H332" t="s">
-        <v>1311</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1312</v>
+        <v>1304</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
       <c r="D333" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E333" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F333" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1314</v>
+        <v>1306</v>
       </c>
       <c r="H333" t="s">
-        <v>1315</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1316</v>
+        <v>1308</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1317</v>
+        <v>1309</v>
       </c>
       <c r="D334" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E334" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F334" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
       <c r="H334" t="s">
-        <v>1319</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
       <c r="D335" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E335" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F335" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1322</v>
+        <v>1314</v>
       </c>
       <c r="H335" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1324</v>
+        <v>1316</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1325</v>
+        <v>1317</v>
       </c>
       <c r="D336" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E336" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F336" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1326</v>
+        <v>1318</v>
       </c>
       <c r="H336" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1328</v>
+        <v>1320</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="D337" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E337" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F337" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
       <c r="H337" t="s">
-        <v>1331</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1332</v>
+        <v>1324</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
       <c r="D338" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E338" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F338" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
       <c r="H338" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="D339" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E339" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F339" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
       <c r="H339" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1341</v>
+        <v>1333</v>
       </c>
       <c r="D340" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E340" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F340" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1342</v>
+        <v>1334</v>
       </c>
       <c r="H340" t="s">
-        <v>1343</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1344</v>
+        <v>1336</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1345</v>
+        <v>1337</v>
       </c>
       <c r="D341" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E341" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F341" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1346</v>
+        <v>1338</v>
       </c>
       <c r="H341" t="s">
-        <v>1347</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1348</v>
+        <v>1340</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1349</v>
+        <v>1341</v>
       </c>
       <c r="D342" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E342" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F342" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1350</v>
+        <v>1342</v>
       </c>
       <c r="H342" t="s">
-        <v>1351</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1352</v>
+        <v>1344</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1353</v>
+        <v>1345</v>
       </c>
       <c r="D343" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E343" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F343" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1354</v>
+        <v>1346</v>
       </c>
       <c r="H343" t="s">
-        <v>1355</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1356</v>
+        <v>1348</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1357</v>
+        <v>1349</v>
       </c>
       <c r="D344" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E344" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F344" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1358</v>
+        <v>1350</v>
       </c>
       <c r="H344" t="s">
-        <v>1359</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1360</v>
+        <v>1352</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1361</v>
+        <v>1353</v>
       </c>
       <c r="D345" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E345" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F345" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1362</v>
+        <v>1354</v>
       </c>
       <c r="H345" t="s">
-        <v>1363</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1364</v>
+        <v>1356</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1365</v>
+        <v>1357</v>
       </c>
       <c r="D346" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E346" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F346" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1366</v>
+        <v>1358</v>
       </c>
       <c r="H346" t="s">
-        <v>1367</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1368</v>
+        <v>1360</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
       <c r="D347" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E347" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F347" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1370</v>
+        <v>1362</v>
       </c>
       <c r="H347" t="s">
-        <v>1371</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1372</v>
+        <v>1364</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1373</v>
+        <v>1365</v>
       </c>
       <c r="D348" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E348" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F348" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1374</v>
+        <v>1366</v>
       </c>
       <c r="H348" t="s">
-        <v>1375</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1376</v>
+        <v>1368</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1377</v>
+        <v>1369</v>
       </c>
       <c r="D349" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E349" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F349" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1378</v>
+        <v>1370</v>
       </c>
       <c r="H349" t="s">
-        <v>1379</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1380</v>
+        <v>1372</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1381</v>
+        <v>1373</v>
       </c>
       <c r="D350" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E350" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F350" t="s">
-        <v>231</v>
+        <v>106</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1382</v>
+        <v>1374</v>
       </c>
       <c r="H350" t="s">
-        <v>1383</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1384</v>
+        <v>1376</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1385</v>
+        <v>1377</v>
       </c>
       <c r="D351" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E351" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F351" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1386</v>
+        <v>1378</v>
       </c>
       <c r="H351" t="s">
-        <v>1387</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1388</v>
+        <v>1380</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1389</v>
+        <v>1381</v>
       </c>
       <c r="D352" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E352" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F352" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="H352" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1392</v>
+        <v>1384</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1393</v>
+        <v>1385</v>
       </c>
       <c r="D353" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E353" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F353" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1394</v>
+        <v>1386</v>
       </c>
       <c r="H353" t="s">
-        <v>1395</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1396</v>
+        <v>1388</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1397</v>
+        <v>1389</v>
       </c>
       <c r="D354" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E354" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F354" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1398</v>
+        <v>1390</v>
       </c>
       <c r="H354" t="s">
-        <v>1399</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1401</v>
+        <v>1393</v>
       </c>
       <c r="D355" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E355" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F355" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1402</v>
+        <v>1394</v>
       </c>
       <c r="H355" t="s">
-        <v>1403</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1404</v>
+        <v>1396</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1405</v>
+        <v>1397</v>
       </c>
       <c r="D356" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E356" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F356" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1406</v>
+        <v>1398</v>
       </c>
       <c r="H356" t="s">
-        <v>1407</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1408</v>
+        <v>1400</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1409</v>
+        <v>1401</v>
       </c>
       <c r="D357" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E357" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F357" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1410</v>
+        <v>1402</v>
       </c>
       <c r="H357" t="s">
-        <v>1411</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1412</v>
+        <v>1404</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
       <c r="D358" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E358" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F358" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="H358" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
       <c r="D359" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E359" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F359" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="H359" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1421</v>
+        <v>1413</v>
       </c>
       <c r="D360" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E360" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F360" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1422</v>
+        <v>1414</v>
       </c>
       <c r="H360" t="s">
-        <v>1423</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1424</v>
+        <v>1416</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1425</v>
+        <v>1417</v>
       </c>
       <c r="D361" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E361" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F361" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1426</v>
+        <v>1418</v>
       </c>
       <c r="H361" t="s">
-        <v>1427</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1428</v>
+        <v>1420</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1429</v>
+        <v>1421</v>
       </c>
       <c r="D362" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E362" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F362" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1430</v>
+        <v>1422</v>
       </c>
       <c r="H362" t="s">
-        <v>1431</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1432</v>
+        <v>1424</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1433</v>
+        <v>1425</v>
       </c>
       <c r="D363" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E363" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F363" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1434</v>
+        <v>1426</v>
       </c>
       <c r="H363" t="s">
-        <v>1435</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1436</v>
+        <v>1428</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1437</v>
+        <v>1429</v>
       </c>
       <c r="D364" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E364" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F364" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1438</v>
+        <v>1430</v>
       </c>
       <c r="H364" t="s">
-        <v>1439</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1440</v>
+        <v>1432</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1441</v>
+        <v>1433</v>
       </c>
       <c r="D365" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E365" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F365" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1442</v>
+        <v>1434</v>
       </c>
       <c r="H365" t="s">
-        <v>1443</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1444</v>
+        <v>1436</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1445</v>
+        <v>1437</v>
       </c>
       <c r="D366" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E366" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F366" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1446</v>
+        <v>1438</v>
       </c>
       <c r="H366" t="s">
-        <v>1447</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1448</v>
+        <v>1440</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1449</v>
+        <v>1441</v>
       </c>
       <c r="D367" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E367" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F367" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1450</v>
+        <v>1442</v>
       </c>
       <c r="H367" t="s">
-        <v>1451</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1452</v>
+        <v>1444</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1453</v>
+        <v>1445</v>
       </c>
       <c r="D368" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E368" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F368" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1454</v>
+        <v>1446</v>
       </c>
       <c r="H368" t="s">
-        <v>1455</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1456</v>
+        <v>1448</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1457</v>
+        <v>1449</v>
       </c>
       <c r="D369" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E369" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F369" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1458</v>
+        <v>1450</v>
       </c>
       <c r="H369" t="s">
-        <v>1459</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1460</v>
+        <v>1452</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1461</v>
+        <v>1453</v>
       </c>
       <c r="D370" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E370" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F370" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1462</v>
+        <v>1454</v>
       </c>
       <c r="H370" t="s">
-        <v>1463</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1464</v>
+        <v>1456</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1465</v>
+        <v>1457</v>
       </c>
       <c r="D371" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E371" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F371" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1466</v>
+        <v>1458</v>
       </c>
       <c r="H371" t="s">
-        <v>1467</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1468</v>
+        <v>1460</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1469</v>
+        <v>1461</v>
       </c>
       <c r="D372" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E372" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F372" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1470</v>
+        <v>1462</v>
       </c>
       <c r="H372" t="s">
-        <v>1471</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1472</v>
+        <v>1464</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1473</v>
+        <v>1465</v>
       </c>
       <c r="D373" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E373" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F373" t="s">
-        <v>231</v>
+        <v>106</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1474</v>
+        <v>1466</v>
       </c>
       <c r="H373" t="s">
-        <v>1475</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1476</v>
+        <v>1468</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1477</v>
+        <v>1469</v>
       </c>
       <c r="D374" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E374" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F374" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1478</v>
+        <v>1470</v>
       </c>
       <c r="H374" t="s">
-        <v>1479</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1480</v>
+        <v>1472</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1481</v>
+        <v>1473</v>
       </c>
       <c r="D375" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E375" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F375" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1482</v>
+        <v>1474</v>
       </c>
       <c r="H375" t="s">
-        <v>1483</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1484</v>
+        <v>1476</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1485</v>
+        <v>1477</v>
       </c>
       <c r="D376" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E376" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F376" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1486</v>
+        <v>1478</v>
       </c>
       <c r="H376" t="s">
-        <v>1487</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1488</v>
+        <v>1480</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1489</v>
+        <v>1481</v>
       </c>
       <c r="D377" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E377" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F377" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1490</v>
+        <v>1482</v>
       </c>
       <c r="H377" t="s">
-        <v>1491</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1492</v>
+        <v>1484</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1493</v>
+        <v>1485</v>
       </c>
       <c r="D378" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E378" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F378" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1494</v>
+        <v>1486</v>
       </c>
       <c r="H378" t="s">
-        <v>1495</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1496</v>
+        <v>1488</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1497</v>
+        <v>1489</v>
       </c>
       <c r="D379" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E379" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F379" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1498</v>
+        <v>1490</v>
       </c>
       <c r="H379" t="s">
-        <v>1499</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1500</v>
+        <v>1492</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1501</v>
+        <v>1493</v>
       </c>
       <c r="D380" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E380" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F380" t="s">
-        <v>231</v>
+        <v>106</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1502</v>
+        <v>1494</v>
       </c>
       <c r="H380" t="s">
-        <v>1503</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1504</v>
+        <v>1496</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1505</v>
+        <v>1497</v>
       </c>
       <c r="D381" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E381" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F381" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1506</v>
+        <v>1498</v>
       </c>
       <c r="H381" t="s">
-        <v>1507</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1508</v>
+        <v>1500</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1509</v>
+        <v>1501</v>
       </c>
       <c r="D382" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E382" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F382" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1510</v>
+        <v>1502</v>
       </c>
       <c r="H382" t="s">
-        <v>1511</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1512</v>
+        <v>1504</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1513</v>
+        <v>1505</v>
       </c>
       <c r="D383" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E383" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F383" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1514</v>
+        <v>1506</v>
       </c>
       <c r="H383" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1516</v>
+        <v>1508</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1517</v>
+        <v>1509</v>
       </c>
       <c r="D384" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E384" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F384" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1518</v>
+        <v>1510</v>
       </c>
       <c r="H384" t="s">
-        <v>1519</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1520</v>
+        <v>1512</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1521</v>
+        <v>1513</v>
       </c>
       <c r="D385" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E385" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F385" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1522</v>
+        <v>1514</v>
       </c>
       <c r="H385" t="s">
-        <v>1523</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1524</v>
+        <v>1516</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1525</v>
+        <v>1517</v>
       </c>
       <c r="D386" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E386" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F386" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1526</v>
+        <v>1518</v>
       </c>
       <c r="H386" t="s">
-        <v>1527</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1528</v>
+        <v>1520</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1529</v>
+        <v>1521</v>
       </c>
       <c r="D387" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E387" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F387" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1530</v>
+        <v>1522</v>
       </c>
       <c r="H387" t="s">
-        <v>1531</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1532</v>
+        <v>1524</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1533</v>
+        <v>1525</v>
       </c>
       <c r="D388" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E388" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F388" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1534</v>
+        <v>1526</v>
       </c>
       <c r="H388" t="s">
-        <v>1535</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1536</v>
+        <v>1528</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1537</v>
+        <v>1529</v>
       </c>
       <c r="D389" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E389" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F389" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1538</v>
+        <v>1530</v>
       </c>
       <c r="H389" t="s">
-        <v>1539</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1540</v>
+        <v>1532</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1541</v>
+        <v>1533</v>
       </c>
       <c r="D390" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E390" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F390" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1542</v>
+        <v>1534</v>
       </c>
       <c r="H390" t="s">
-        <v>1543</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1544</v>
+        <v>1536</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1545</v>
+        <v>1537</v>
       </c>
       <c r="D391" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E391" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F391" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1546</v>
+        <v>1538</v>
       </c>
       <c r="H391" t="s">
-        <v>1547</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1548</v>
+        <v>1540</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1549</v>
+        <v>1541</v>
       </c>
       <c r="D392" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E392" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F392" t="s">
-        <v>227</v>
+        <v>51</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1550</v>
+        <v>1542</v>
       </c>
       <c r="H392" t="s">
-        <v>1551</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1552</v>
+        <v>1544</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1553</v>
+        <v>1545</v>
       </c>
       <c r="D393" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E393" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F393" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1554</v>
+        <v>1546</v>
       </c>
       <c r="H393" t="s">
-        <v>1555</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1556</v>
+        <v>1548</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1557</v>
+        <v>1549</v>
       </c>
       <c r="D394" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E394" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F394" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1558</v>
+        <v>1550</v>
       </c>
       <c r="H394" t="s">
-        <v>1559</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1560</v>
+        <v>1552</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1561</v>
+        <v>1553</v>
       </c>
       <c r="D395" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E395" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F395" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1562</v>
+        <v>1554</v>
       </c>
       <c r="H395" t="s">
-        <v>1563</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1564</v>
+        <v>1556</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="D396" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E396" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F396" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1566</v>
+        <v>1558</v>
       </c>
       <c r="H396" t="s">
-        <v>1567</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1568</v>
+        <v>1560</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1569</v>
+        <v>1561</v>
       </c>
       <c r="D397" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E397" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F397" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1570</v>
+        <v>1562</v>
       </c>
       <c r="H397" t="s">
-        <v>1571</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1572</v>
+        <v>1564</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1573</v>
+        <v>1565</v>
       </c>
       <c r="D398" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E398" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F398" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1574</v>
+        <v>1566</v>
       </c>
       <c r="H398" t="s">
-        <v>1575</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1576</v>
+        <v>1568</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1577</v>
+        <v>1569</v>
       </c>
       <c r="D399" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E399" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F399" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1578</v>
+        <v>1570</v>
       </c>
       <c r="H399" t="s">
-        <v>1579</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1580</v>
+        <v>1572</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1581</v>
+        <v>1573</v>
       </c>
       <c r="D400" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E400" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F400" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1582</v>
+        <v>1574</v>
       </c>
       <c r="H400" t="s">
-        <v>1583</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1584</v>
+        <v>1576</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1585</v>
+        <v>1577</v>
       </c>
       <c r="D401" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E401" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F401" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1586</v>
+        <v>1578</v>
       </c>
       <c r="H401" t="s">
-        <v>1587</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1588</v>
+        <v>1580</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1589</v>
+        <v>1581</v>
       </c>
       <c r="D402" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E402" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F402" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1590</v>
+        <v>1582</v>
       </c>
       <c r="H402" t="s">
-        <v>1591</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1592</v>
+        <v>1584</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1593</v>
+        <v>1585</v>
       </c>
       <c r="D403" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E403" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F403" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1594</v>
+        <v>1586</v>
       </c>
       <c r="H403" t="s">
-        <v>1595</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1596</v>
+        <v>1588</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1597</v>
+        <v>1589</v>
       </c>
       <c r="D404" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E404" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F404" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1598</v>
+        <v>1590</v>
       </c>
       <c r="H404" t="s">
-        <v>1599</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1600</v>
+        <v>1592</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1601</v>
+        <v>1593</v>
       </c>
       <c r="D405" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E405" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F405" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1602</v>
+        <v>1594</v>
       </c>
       <c r="H405" t="s">
-        <v>1603</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1604</v>
+        <v>1596</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1605</v>
+        <v>1597</v>
       </c>
       <c r="D406" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E406" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F406" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1606</v>
+        <v>1598</v>
       </c>
       <c r="H406" t="s">
-        <v>1607</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1608</v>
+        <v>1600</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1609</v>
+        <v>1601</v>
       </c>
       <c r="D407" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E407" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F407" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1610</v>
+        <v>1602</v>
       </c>
       <c r="H407" t="s">
-        <v>1611</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1612</v>
+        <v>1604</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1613</v>
+        <v>1605</v>
       </c>
       <c r="D408" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E408" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F408" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1614</v>
+        <v>1606</v>
       </c>
       <c r="H408" t="s">
-        <v>1615</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1616</v>
+        <v>1608</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1617</v>
+        <v>1609</v>
       </c>
       <c r="D409" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E409" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F409" t="s">
-        <v>79</v>
+        <v>273</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="H409" t="s">
-        <v>1619</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1620</v>
+        <v>1612</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1621</v>
+        <v>1613</v>
       </c>
       <c r="D410" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E410" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F410" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1622</v>
+        <v>1614</v>
       </c>
       <c r="H410" t="s">
-        <v>1623</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1624</v>
+        <v>1616</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1625</v>
+        <v>1617</v>
       </c>
       <c r="D411" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E411" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F411" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1626</v>
+        <v>1618</v>
       </c>
       <c r="H411" t="s">
-        <v>1627</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1628</v>
+        <v>1620</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1629</v>
+        <v>1621</v>
       </c>
       <c r="D412" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E412" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F412" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1630</v>
+        <v>1622</v>
       </c>
       <c r="H412" t="s">
-        <v>1631</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1632</v>
+        <v>1624</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1633</v>
+        <v>1625</v>
       </c>
       <c r="D413" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E413" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F413" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1634</v>
+        <v>1626</v>
       </c>
       <c r="H413" t="s">
-        <v>1635</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1636</v>
+        <v>1628</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1637</v>
+        <v>1629</v>
       </c>
       <c r="D414" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E414" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F414" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1638</v>
+        <v>1630</v>
       </c>
       <c r="H414" t="s">
-        <v>1639</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1640</v>
+        <v>1632</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1641</v>
+        <v>1633</v>
       </c>
       <c r="D415" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E415" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F415" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1642</v>
+        <v>1634</v>
       </c>
       <c r="H415" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1644</v>
+        <v>1636</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1645</v>
+        <v>1637</v>
       </c>
       <c r="D416" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E416" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F416" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1646</v>
+        <v>1638</v>
       </c>
       <c r="H416" t="s">
-        <v>1647</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1648</v>
+        <v>1640</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1649</v>
+        <v>1641</v>
       </c>
       <c r="D417" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E417" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F417" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1650</v>
+        <v>1642</v>
       </c>
       <c r="H417" t="s">
-        <v>1651</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1652</v>
+        <v>1644</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1653</v>
+        <v>1645</v>
       </c>
       <c r="D418" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E418" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F418" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1654</v>
+        <v>1646</v>
       </c>
       <c r="H418" t="s">
-        <v>1655</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1656</v>
+        <v>1648</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1657</v>
+        <v>1649</v>
       </c>
       <c r="D419" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E419" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F419" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1658</v>
+        <v>1650</v>
       </c>
       <c r="H419" t="s">
-        <v>1659</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1660</v>
+        <v>1652</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1661</v>
+        <v>1653</v>
       </c>
       <c r="D420" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E420" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F420" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1662</v>
+        <v>1654</v>
       </c>
       <c r="H420" t="s">
-        <v>1663</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1664</v>
+        <v>1656</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1665</v>
+        <v>1657</v>
       </c>
       <c r="D421" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E421" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F421" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1666</v>
+        <v>1658</v>
       </c>
       <c r="H421" t="s">
-        <v>1667</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1668</v>
+        <v>1660</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1669</v>
+        <v>1661</v>
       </c>
       <c r="D422" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E422" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F422" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1670</v>
+        <v>1662</v>
       </c>
       <c r="H422" t="s">
-        <v>1671</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1672</v>
+        <v>1664</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1673</v>
+        <v>1665</v>
       </c>
       <c r="D423" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E423" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F423" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1674</v>
+        <v>1666</v>
       </c>
       <c r="H423" t="s">
-        <v>1675</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1676</v>
+        <v>1668</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1677</v>
+        <v>1669</v>
       </c>
       <c r="D424" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E424" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F424" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1678</v>
+        <v>1670</v>
       </c>
       <c r="H424" t="s">
-        <v>1679</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1680</v>
+        <v>1672</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1681</v>
+        <v>1673</v>
       </c>
       <c r="D425" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E425" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F425" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1682</v>
+        <v>1674</v>
       </c>
       <c r="H425" t="s">
-        <v>1683</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1684</v>
+        <v>1676</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1685</v>
+        <v>1677</v>
       </c>
       <c r="D426" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E426" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F426" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1686</v>
+        <v>1678</v>
       </c>
       <c r="H426" t="s">
-        <v>1687</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1688</v>
+        <v>1680</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1689</v>
+        <v>1681</v>
       </c>
       <c r="D427" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E427" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F427" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1690</v>
+        <v>1682</v>
       </c>
       <c r="H427" t="s">
-        <v>1691</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1692</v>
+        <v>1684</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1693</v>
+        <v>1685</v>
       </c>
       <c r="D428" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E428" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F428" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1694</v>
+        <v>1686</v>
       </c>
       <c r="H428" t="s">
-        <v>1695</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1696</v>
+        <v>1688</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1697</v>
+        <v>1689</v>
       </c>
       <c r="D429" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E429" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F429" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1698</v>
+        <v>1690</v>
       </c>
       <c r="H429" t="s">
-        <v>1699</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1700</v>
+        <v>1692</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1701</v>
+        <v>1693</v>
       </c>
       <c r="D430" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E430" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F430" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1702</v>
+        <v>1694</v>
       </c>
       <c r="H430" t="s">
-        <v>1703</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1704</v>
+        <v>1696</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1705</v>
+        <v>1697</v>
       </c>
       <c r="D431" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E431" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F431" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1706</v>
+        <v>1698</v>
       </c>
       <c r="H431" t="s">
-        <v>1707</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1708</v>
+        <v>1700</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1709</v>
+        <v>1701</v>
       </c>
       <c r="D432" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E432" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F432" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1710</v>
+        <v>1702</v>
       </c>
       <c r="H432" t="s">
-        <v>1711</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1712</v>
+        <v>1704</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1713</v>
+        <v>1705</v>
       </c>
       <c r="D433" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E433" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F433" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1714</v>
+        <v>1706</v>
       </c>
       <c r="H433" t="s">
-        <v>1715</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1716</v>
+        <v>1708</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1717</v>
+        <v>1709</v>
       </c>
       <c r="D434" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E434" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F434" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1718</v>
+        <v>1710</v>
       </c>
       <c r="H434" t="s">
-        <v>1719</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1720</v>
+        <v>1712</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1721</v>
+        <v>1713</v>
       </c>
       <c r="D435" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E435" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F435" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1722</v>
+        <v>1714</v>
       </c>
       <c r="H435" t="s">
-        <v>1723</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1724</v>
+        <v>1716</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1725</v>
+        <v>1717</v>
       </c>
       <c r="D436" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E436" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F436" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1726</v>
+        <v>1718</v>
       </c>
       <c r="H436" t="s">
-        <v>1727</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1728</v>
+        <v>1720</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1729</v>
+        <v>1721</v>
       </c>
       <c r="D437" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E437" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F437" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1730</v>
+        <v>1722</v>
       </c>
       <c r="H437" t="s">
-        <v>1731</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1732</v>
+        <v>1724</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1733</v>
+        <v>1725</v>
       </c>
       <c r="D438" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E438" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F438" t="s">
-        <v>227</v>
+        <v>58</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1734</v>
+        <v>1726</v>
       </c>
       <c r="H438" t="s">
-        <v>1735</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1736</v>
+        <v>1728</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1737</v>
+        <v>1729</v>
       </c>
       <c r="D439" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E439" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F439" t="s">
-        <v>227</v>
+        <v>58</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1738</v>
+        <v>1730</v>
       </c>
       <c r="H439" t="s">
-        <v>1739</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1740</v>
+        <v>1732</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1741</v>
+        <v>1733</v>
       </c>
       <c r="D440" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E440" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F440" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1742</v>
+        <v>1734</v>
       </c>
       <c r="H440" t="s">
-        <v>1743</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1744</v>
+        <v>1736</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1745</v>
+        <v>1737</v>
       </c>
       <c r="D441" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E441" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F441" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1746</v>
+        <v>1738</v>
       </c>
       <c r="H441" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1749</v>
+        <v>1741</v>
       </c>
       <c r="D442" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E442" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F442" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1750</v>
+        <v>1742</v>
       </c>
       <c r="H442" t="s">
-        <v>1751</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1752</v>
+        <v>1744</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1753</v>
+        <v>1745</v>
       </c>
       <c r="D443" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E443" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F443" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1754</v>
+        <v>1746</v>
       </c>
       <c r="H443" t="s">
-        <v>1755</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1756</v>
+        <v>1748</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1757</v>
+        <v>1749</v>
       </c>
       <c r="D444" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E444" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F444" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1758</v>
+        <v>1750</v>
       </c>
       <c r="H444" t="s">
-        <v>1759</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1760</v>
+        <v>1752</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1761</v>
+        <v>1753</v>
       </c>
       <c r="D445" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E445" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F445" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1762</v>
+        <v>1754</v>
       </c>
       <c r="H445" t="s">
-        <v>1763</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1764</v>
+        <v>1756</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1765</v>
+        <v>1757</v>
       </c>
       <c r="D446" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E446" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F446" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1766</v>
+        <v>1758</v>
       </c>
       <c r="H446" t="s">
-        <v>1767</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1768</v>
+        <v>1760</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1769</v>
+        <v>1761</v>
       </c>
       <c r="D447" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E447" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F447" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1770</v>
+        <v>1762</v>
       </c>
       <c r="H447" t="s">
-        <v>1771</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1772</v>
+        <v>1764</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1773</v>
+        <v>1765</v>
       </c>
       <c r="D448" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E448" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F448" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1774</v>
+        <v>1766</v>
       </c>
       <c r="H448" t="s">
-        <v>1775</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1776</v>
+        <v>1768</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1777</v>
+        <v>1769</v>
       </c>
       <c r="D449" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E449" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F449" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1778</v>
+        <v>1770</v>
       </c>
       <c r="H449" t="s">
-        <v>1779</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1780</v>
+        <v>1772</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1781</v>
+        <v>1773</v>
       </c>
       <c r="D450" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E450" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F450" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1782</v>
+        <v>1774</v>
       </c>
       <c r="H450" t="s">
-        <v>1783</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1784</v>
+        <v>1776</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1785</v>
+        <v>1777</v>
       </c>
       <c r="D451" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E451" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F451" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1786</v>
+        <v>1778</v>
       </c>
       <c r="H451" t="s">
-        <v>1787</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1788</v>
+        <v>1780</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1789</v>
+        <v>1781</v>
       </c>
       <c r="D452" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E452" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F452" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1790</v>
+        <v>1782</v>
       </c>
       <c r="H452" t="s">
-        <v>1791</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1792</v>
+        <v>1784</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1793</v>
+        <v>1785</v>
       </c>
       <c r="D453" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E453" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F453" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1794</v>
+        <v>1786</v>
       </c>
       <c r="H453" t="s">
-        <v>1795</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1797</v>
+        <v>1789</v>
       </c>
       <c r="D454" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E454" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F454" t="s">
-        <v>231</v>
+        <v>83</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1798</v>
+        <v>1790</v>
       </c>
       <c r="H454" t="s">
-        <v>1799</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1800</v>
+        <v>1792</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1801</v>
+        <v>1793</v>
       </c>
       <c r="D455" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E455" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F455" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1802</v>
+        <v>1794</v>
       </c>
       <c r="H455" t="s">
-        <v>1803</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1804</v>
+        <v>1796</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1805</v>
+        <v>1797</v>
       </c>
       <c r="D456" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E456" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F456" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="H456" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1808</v>
+        <v>1800</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1809</v>
+        <v>1801</v>
       </c>
       <c r="D457" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E457" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F457" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1810</v>
+        <v>1802</v>
       </c>
       <c r="H457" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1812</v>
+        <v>1804</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1813</v>
+        <v>1805</v>
       </c>
       <c r="D458" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E458" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F458" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1814</v>
+        <v>1806</v>
       </c>
       <c r="H458" t="s">
-        <v>1815</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1816</v>
+        <v>1808</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1817</v>
+        <v>1809</v>
       </c>
       <c r="D459" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E459" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F459" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1818</v>
+        <v>1810</v>
       </c>
       <c r="H459" t="s">
-        <v>1819</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1820</v>
+        <v>1812</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1821</v>
+        <v>1813</v>
       </c>
       <c r="D460" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E460" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F460" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1822</v>
+        <v>1814</v>
       </c>
       <c r="H460" t="s">
-        <v>1823</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1824</v>
+        <v>1816</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1825</v>
+        <v>1817</v>
       </c>
       <c r="D461" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E461" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F461" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1826</v>
+        <v>1818</v>
       </c>
       <c r="H461" t="s">
-        <v>1827</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1828</v>
+        <v>1820</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1829</v>
+        <v>1821</v>
       </c>
       <c r="D462" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E462" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F462" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1830</v>
+        <v>1822</v>
       </c>
       <c r="H462" t="s">
-        <v>1831</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1832</v>
+        <v>1824</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1833</v>
+        <v>1825</v>
       </c>
       <c r="D463" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E463" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F463" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1834</v>
+        <v>1826</v>
       </c>
       <c r="H463" t="s">
-        <v>1835</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1836</v>
+        <v>1828</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1837</v>
+        <v>1829</v>
       </c>
       <c r="D464" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E464" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F464" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1838</v>
+        <v>1830</v>
       </c>
       <c r="H464" t="s">
-        <v>1839</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1840</v>
+        <v>1832</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1841</v>
+        <v>1833</v>
       </c>
       <c r="D465" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E465" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F465" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1842</v>
+        <v>1834</v>
       </c>
       <c r="H465" t="s">
-        <v>1843</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1844</v>
+        <v>1836</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1845</v>
+        <v>1837</v>
       </c>
       <c r="D466" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E466" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F466" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1846</v>
+        <v>1838</v>
       </c>
       <c r="H466" t="s">
-        <v>1847</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1848</v>
+        <v>1840</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1849</v>
+        <v>1841</v>
       </c>
       <c r="D467" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E467" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F467" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="H467" t="s">
-        <v>1851</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1852</v>
+        <v>1844</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1853</v>
+        <v>1845</v>
       </c>
       <c r="D468" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E468" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F468" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1854</v>
+        <v>1846</v>
       </c>
       <c r="H468" t="s">
-        <v>1855</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1856</v>
+        <v>1848</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1857</v>
+        <v>1849</v>
       </c>
       <c r="D469" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E469" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F469" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1858</v>
+        <v>1850</v>
       </c>
       <c r="H469" t="s">
-        <v>1859</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1860</v>
+        <v>1852</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1861</v>
+        <v>1853</v>
       </c>
       <c r="D470" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E470" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F470" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1862</v>
+        <v>1854</v>
       </c>
       <c r="H470" t="s">
-        <v>1863</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1864</v>
+        <v>1856</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1865</v>
+        <v>1857</v>
       </c>
       <c r="D471" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E471" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F471" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1866</v>
+        <v>1858</v>
       </c>
       <c r="H471" t="s">
-        <v>1867</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1868</v>
+        <v>1860</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1869</v>
+        <v>1861</v>
       </c>
       <c r="D472" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E472" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F472" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1870</v>
+        <v>1862</v>
       </c>
       <c r="H472" t="s">
-        <v>1871</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1872</v>
+        <v>1864</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1873</v>
+        <v>1865</v>
       </c>
       <c r="D473" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E473" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F473" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1874</v>
+        <v>1866</v>
       </c>
       <c r="H473" t="s">
-        <v>1875</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1876</v>
+        <v>1868</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1877</v>
+        <v>1869</v>
       </c>
       <c r="D474" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E474" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F474" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
       <c r="H474" t="s">
-        <v>1879</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1880</v>
+        <v>1872</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1881</v>
+        <v>1873</v>
       </c>
       <c r="D475" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E475" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F475" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1882</v>
+        <v>1874</v>
       </c>
       <c r="H475" t="s">
-        <v>1883</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1884</v>
+        <v>1876</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1885</v>
+        <v>1877</v>
       </c>
       <c r="D476" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E476" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F476" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1886</v>
+        <v>1878</v>
       </c>
       <c r="H476" t="s">
-        <v>1887</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1888</v>
+        <v>1880</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1889</v>
+        <v>1881</v>
       </c>
       <c r="D477" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E477" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F477" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1890</v>
+        <v>1882</v>
       </c>
       <c r="H477" t="s">
-        <v>1891</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1892</v>
+        <v>1884</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1893</v>
+        <v>1885</v>
       </c>
       <c r="D478" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E478" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F478" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1894</v>
+        <v>1886</v>
       </c>
       <c r="H478" t="s">
-        <v>1895</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1896</v>
+        <v>1888</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1897</v>
+        <v>1889</v>
       </c>
       <c r="D479" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E479" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F479" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1898</v>
+        <v>1890</v>
       </c>
       <c r="H479" t="s">
-        <v>1899</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1900</v>
+        <v>1892</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1901</v>
+        <v>1893</v>
       </c>
       <c r="D480" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E480" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F480" t="s">
-        <v>231</v>
+        <v>258</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1902</v>
+        <v>1894</v>
       </c>
       <c r="H480" t="s">
-        <v>1903</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1904</v>
+        <v>1896</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1905</v>
+        <v>1897</v>
       </c>
       <c r="D481" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E481" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F481" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1906</v>
+        <v>1898</v>
       </c>
       <c r="H481" t="s">
-        <v>1907</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1908</v>
+        <v>1900</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1909</v>
+        <v>1901</v>
       </c>
       <c r="D482" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E482" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F482" t="s">
-        <v>231</v>
+        <v>258</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1910</v>
+        <v>1902</v>
       </c>
       <c r="H482" t="s">
-        <v>1911</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1912</v>
+        <v>1904</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1913</v>
+        <v>1905</v>
       </c>
       <c r="D483" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E483" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F483" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1914</v>
+        <v>1906</v>
       </c>
       <c r="H483" t="s">
-        <v>1915</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1916</v>
+        <v>1908</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1917</v>
+        <v>1909</v>
       </c>
       <c r="D484" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E484" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F484" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1918</v>
+        <v>1910</v>
       </c>
       <c r="H484" t="s">
-        <v>1919</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1920</v>
+        <v>1912</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1921</v>
+        <v>1913</v>
       </c>
       <c r="D485" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E485" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F485" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1922</v>
+        <v>1914</v>
       </c>
       <c r="H485" t="s">
-        <v>1923</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1924</v>
+        <v>1916</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1925</v>
+        <v>1917</v>
       </c>
       <c r="D486" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E486" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F486" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
       <c r="H486" t="s">
-        <v>1927</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1928</v>
+        <v>1920</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1929</v>
+        <v>1921</v>
       </c>
       <c r="D487" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E487" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F487" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1930</v>
+        <v>1922</v>
       </c>
       <c r="H487" t="s">
-        <v>1931</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1932</v>
+        <v>1924</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1933</v>
+        <v>1925</v>
       </c>
       <c r="D488" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E488" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F488" t="s">
-        <v>47</v>
+        <v>262</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1934</v>
+        <v>1926</v>
       </c>
       <c r="H488" t="s">
-        <v>1935</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1936</v>
+        <v>1928</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1937</v>
+        <v>1929</v>
       </c>
       <c r="D489" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E489" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F489" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1938</v>
+        <v>1930</v>
       </c>
       <c r="H489" t="s">
-        <v>1939</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1940</v>
+        <v>1932</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1941</v>
+        <v>1933</v>
       </c>
       <c r="D490" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E490" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F490" t="s">
-        <v>162</v>
+        <v>262</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1942</v>
+        <v>1934</v>
       </c>
       <c r="H490" t="s">
-        <v>1943</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1944</v>
+        <v>1936</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1945</v>
+        <v>1937</v>
       </c>
       <c r="D491" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E491" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F491" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1946</v>
+        <v>1938</v>
       </c>
       <c r="H491" t="s">
-        <v>1947</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1948</v>
+        <v>1940</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1949</v>
+        <v>1941</v>
       </c>
       <c r="D492" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E492" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F492" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1950</v>
+        <v>1942</v>
       </c>
       <c r="H492" t="s">
-        <v>1951</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1952</v>
+        <v>1944</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1953</v>
+        <v>1945</v>
       </c>
       <c r="D493" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E493" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F493" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1954</v>
+        <v>1946</v>
       </c>
       <c r="H493" t="s">
-        <v>1955</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1956</v>
+        <v>1948</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1957</v>
+        <v>1949</v>
       </c>
       <c r="D494" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E494" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F494" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1958</v>
+        <v>1950</v>
       </c>
       <c r="H494" t="s">
-        <v>1959</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1960</v>
+        <v>1952</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1961</v>
+        <v>1953</v>
       </c>
       <c r="D495" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E495" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F495" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1962</v>
+        <v>1954</v>
       </c>
       <c r="H495" t="s">
-        <v>1963</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1964</v>
+        <v>1956</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1965</v>
+        <v>1957</v>
       </c>
       <c r="D496" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E496" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F496" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1966</v>
+        <v>1958</v>
       </c>
       <c r="H496" t="s">
-        <v>1967</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1968</v>
+        <v>1960</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1969</v>
+        <v>1961</v>
       </c>
       <c r="D497" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E497" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F497" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1970</v>
+        <v>1962</v>
       </c>
       <c r="H497" t="s">
-        <v>1971</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1972</v>
+        <v>1964</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1973</v>
+        <v>1965</v>
       </c>
       <c r="D498" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E498" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F498" t="s">
-        <v>102</v>
+        <v>165</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1974</v>
+        <v>1966</v>
       </c>
       <c r="H498" t="s">
-        <v>1975</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1976</v>
+        <v>1968</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1977</v>
+        <v>1969</v>
       </c>
       <c r="D499" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E499" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F499" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1978</v>
+        <v>1970</v>
       </c>
       <c r="H499" t="s">
-        <v>1979</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1980</v>
+        <v>1972</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1981</v>
+        <v>1973</v>
       </c>
       <c r="D500" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E500" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F500" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1982</v>
+        <v>1974</v>
       </c>
       <c r="H500" t="s">
-        <v>1983</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1984</v>
+        <v>1976</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1985</v>
+        <v>1977</v>
       </c>
       <c r="D501" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E501" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F501" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1986</v>
+        <v>1978</v>
       </c>
       <c r="H501" t="s">
-        <v>1987</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1988</v>
+        <v>1980</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1989</v>
+        <v>1981</v>
       </c>
       <c r="D502" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E502" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F502" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1990</v>
+        <v>1982</v>
       </c>
       <c r="H502" t="s">
-        <v>1991</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1992</v>
+        <v>1984</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1993</v>
+        <v>1985</v>
       </c>
       <c r="D503" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E503" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F503" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1994</v>
+        <v>1986</v>
       </c>
       <c r="H503" t="s">
-        <v>1995</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1996</v>
+        <v>1988</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="D504" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E504" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F504" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="H504" t="s">
-        <v>1999</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>2001</v>
+        <v>1993</v>
       </c>
       <c r="D505" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E505" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F505" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="H505" t="s">
-        <v>2003</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="D506" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E506" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F506" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="H506" t="s">
-        <v>2007</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="D507" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E507" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F507" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="H507" t="s">
-        <v>2011</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="D508" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E508" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F508" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="H508" t="s">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="D509" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E509" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F509" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="H509" t="s">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="D510" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E510" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F510" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="H510" t="s">
-        <v>2023</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="D511" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E511" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F511" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>2026</v>
+        <v>2018</v>
       </c>
       <c r="H511" t="s">
-        <v>2027</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>2028</v>
+        <v>2020</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>2029</v>
+        <v>2021</v>
       </c>
       <c r="D512" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E512" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F512" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>2030</v>
+        <v>2022</v>
       </c>
       <c r="H512" t="s">
-        <v>2031</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>2032</v>
+        <v>2024</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>2033</v>
+        <v>2025</v>
       </c>
       <c r="D513" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E513" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F513" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>2034</v>
+        <v>2026</v>
       </c>
       <c r="H513" t="s">
-        <v>2035</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2036</v>
+        <v>2028</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>2037</v>
+        <v>2029</v>
       </c>
       <c r="D514" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E514" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F514" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2038</v>
+        <v>2030</v>
       </c>
       <c r="H514" t="s">
-        <v>2039</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>2040</v>
+        <v>2032</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>2041</v>
+        <v>2033</v>
       </c>
       <c r="D515" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E515" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F515" t="s">
-        <v>227</v>
+        <v>51</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>2042</v>
+        <v>2034</v>
       </c>
       <c r="H515" t="s">
-        <v>2043</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>2044</v>
+        <v>2036</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>2045</v>
+        <v>2037</v>
       </c>
       <c r="D516" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E516" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F516" t="s">
-        <v>227</v>
+        <v>51</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>2046</v>
+        <v>2038</v>
       </c>
       <c r="H516" t="s">
-        <v>2047</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>2048</v>
+        <v>2040</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>2049</v>
+        <v>2041</v>
       </c>
       <c r="D517" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E517" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F517" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>2050</v>
+        <v>2042</v>
       </c>
       <c r="H517" t="s">
-        <v>2051</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>2053</v>
+        <v>2045</v>
       </c>
       <c r="D518" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E518" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F518" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>2054</v>
+        <v>2046</v>
       </c>
       <c r="H518" t="s">
-        <v>2055</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>2056</v>
+        <v>2048</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>2057</v>
+        <v>2049</v>
       </c>
       <c r="D519" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E519" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F519" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>2058</v>
+        <v>2050</v>
       </c>
       <c r="H519" t="s">
-        <v>2059</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>2060</v>
+        <v>2052</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>2061</v>
+        <v>2053</v>
       </c>
       <c r="D520" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E520" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F520" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>2062</v>
+        <v>2054</v>
       </c>
       <c r="H520" t="s">
-        <v>2063</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>2064</v>
+        <v>2056</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>2065</v>
+        <v>2057</v>
       </c>
       <c r="D521" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E521" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F521" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>2066</v>
+        <v>2058</v>
       </c>
       <c r="H521" t="s">
-        <v>2067</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>2068</v>
+        <v>2060</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>2069</v>
+        <v>2061</v>
       </c>
       <c r="D522" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E522" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F522" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2070</v>
+        <v>2062</v>
       </c>
       <c r="H522" t="s">
-        <v>2071</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2072</v>
+        <v>2064</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>2073</v>
+        <v>2065</v>
       </c>
       <c r="D523" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E523" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F523" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2074</v>
+        <v>2066</v>
       </c>
       <c r="H523" t="s">
-        <v>2075</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2076</v>
+        <v>2068</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>2077</v>
+        <v>2069</v>
       </c>
       <c r="D524" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E524" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F524" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>2078</v>
+        <v>2070</v>
       </c>
       <c r="H524" t="s">
-        <v>2079</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>2080</v>
+        <v>2072</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>2081</v>
+        <v>2073</v>
       </c>
       <c r="D525" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E525" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F525" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>2082</v>
+        <v>2074</v>
       </c>
       <c r="H525" t="s">
-        <v>2083</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2084</v>
+        <v>2076</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>2085</v>
+        <v>2077</v>
       </c>
       <c r="D526" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E526" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F526" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2086</v>
+        <v>2078</v>
       </c>
       <c r="H526" t="s">
-        <v>2087</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2088</v>
+        <v>2080</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2089</v>
+        <v>2081</v>
       </c>
       <c r="D527" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E527" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F527" t="s">
-        <v>231</v>
+        <v>51</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
       <c r="H527" t="s">
-        <v>2091</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>2092</v>
+        <v>2084</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>2093</v>
+        <v>2085</v>
       </c>
       <c r="D528" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E528" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F528" t="s">
-        <v>231</v>
+        <v>51</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>2094</v>
+        <v>2086</v>
       </c>
       <c r="H528" t="s">
-        <v>2095</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>2096</v>
+        <v>2088</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>2097</v>
+        <v>2089</v>
       </c>
       <c r="D529" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E529" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F529" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>2098</v>
+        <v>2090</v>
       </c>
       <c r="H529" t="s">
-        <v>2099</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>2100</v>
+        <v>2092</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>2101</v>
+        <v>2093</v>
       </c>
       <c r="D530" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E530" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F530" t="s">
-        <v>231</v>
+        <v>258</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>2102</v>
+        <v>2094</v>
       </c>
       <c r="H530" t="s">
-        <v>2103</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>2104</v>
+        <v>2096</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>2105</v>
+        <v>2097</v>
       </c>
       <c r="D531" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E531" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F531" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>2106</v>
+        <v>2098</v>
       </c>
       <c r="H531" t="s">
-        <v>2107</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>2108</v>
+        <v>2100</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>2109</v>
+        <v>2101</v>
       </c>
       <c r="D532" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E532" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F532" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>2110</v>
+        <v>2102</v>
       </c>
       <c r="H532" t="s">
-        <v>2111</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2112</v>
+        <v>2104</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>2113</v>
+        <v>2105</v>
       </c>
       <c r="D533" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E533" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F533" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2114</v>
+        <v>2106</v>
       </c>
       <c r="H533" t="s">
-        <v>2115</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2116</v>
+        <v>2108</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>2117</v>
+        <v>2109</v>
       </c>
       <c r="D534" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E534" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F534" t="s">
-        <v>231</v>
+        <v>51</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>2118</v>
+        <v>2110</v>
       </c>
       <c r="H534" t="s">
-        <v>2119</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2120</v>
+        <v>2112</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2121</v>
+        <v>2113</v>
       </c>
       <c r="D535" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E535" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F535" t="s">
-        <v>2122</v>
+        <v>262</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2123</v>
+        <v>2114</v>
       </c>
       <c r="H535" t="s">
-        <v>2124</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2125</v>
+        <v>2116</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2126</v>
+        <v>2117</v>
       </c>
       <c r="D536" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E536" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F536" t="s">
-        <v>2127</v>
+        <v>262</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2128</v>
+        <v>2118</v>
       </c>
       <c r="H536" t="s">
-        <v>2129</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2130</v>
+        <v>2120</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2131</v>
+        <v>2121</v>
       </c>
       <c r="D537" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E537" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F537" t="s">
-        <v>227</v>
+        <v>58</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2132</v>
+        <v>2122</v>
       </c>
       <c r="H537" t="s">
-        <v>2133</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2134</v>
+        <v>2124</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2135</v>
+        <v>2125</v>
       </c>
       <c r="D538" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E538" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F538" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2136</v>
+        <v>2126</v>
       </c>
       <c r="H538" t="s">
-        <v>2137</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2138</v>
+        <v>2128</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2139</v>
+        <v>2129</v>
       </c>
       <c r="D539" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E539" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F539" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2140</v>
+        <v>2130</v>
       </c>
       <c r="H539" t="s">
-        <v>2141</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2142</v>
+        <v>2132</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2143</v>
+        <v>2133</v>
       </c>
       <c r="D540" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E540" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F540" t="s">
-        <v>231</v>
+        <v>258</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2144</v>
+        <v>2134</v>
       </c>
       <c r="H540" t="s">
-        <v>2145</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2146</v>
+        <v>2136</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2147</v>
+        <v>2137</v>
       </c>
       <c r="D541" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E541" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F541" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2148</v>
+        <v>2138</v>
       </c>
       <c r="H541" t="s">
-        <v>2149</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2150</v>
+        <v>2140</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2151</v>
+        <v>2141</v>
       </c>
       <c r="D542" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E542" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F542" t="s">
-        <v>141</v>
+        <v>262</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2152</v>
+        <v>2142</v>
       </c>
       <c r="H542" t="s">
-        <v>2153</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2154</v>
+        <v>2144</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2155</v>
+        <v>2145</v>
       </c>
       <c r="D543" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E543" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F543" t="s">
-        <v>141</v>
+        <v>2146</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2156</v>
+        <v>2147</v>
       </c>
       <c r="H543" t="s">
-        <v>2157</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2158</v>
+        <v>2149</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2159</v>
+        <v>2150</v>
       </c>
       <c r="D544" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E544" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F544" t="s">
-        <v>227</v>
+        <v>2151</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2160</v>
+        <v>2152</v>
       </c>
       <c r="H544" t="s">
-        <v>2161</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2162</v>
+        <v>2154</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2163</v>
+        <v>2155</v>
       </c>
       <c r="D545" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E545" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F545" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2164</v>
+        <v>2156</v>
       </c>
       <c r="H545" t="s">
-        <v>2165</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2166</v>
+        <v>2158</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2167</v>
+        <v>2159</v>
       </c>
       <c r="D546" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E546" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F546" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2168</v>
+        <v>2160</v>
       </c>
       <c r="H546" t="s">
-        <v>2169</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2170</v>
+        <v>2162</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2171</v>
+        <v>2163</v>
       </c>
       <c r="D547" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E547" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F547" t="s">
-        <v>227</v>
+        <v>58</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2172</v>
+        <v>2164</v>
       </c>
       <c r="H547" t="s">
-        <v>2173</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2174</v>
+        <v>2166</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2175</v>
+        <v>2167</v>
       </c>
       <c r="D548" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E548" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F548" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2176</v>
+        <v>2168</v>
       </c>
       <c r="H548" t="s">
-        <v>2177</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2178</v>
+        <v>2170</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2179</v>
+        <v>2171</v>
       </c>
       <c r="D549" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E549" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F549" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2180</v>
+        <v>2172</v>
       </c>
       <c r="H549" t="s">
-        <v>2181</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2182</v>
+        <v>2174</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2183</v>
+        <v>2175</v>
       </c>
       <c r="D550" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E550" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F550" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2184</v>
+        <v>2176</v>
       </c>
       <c r="H550" t="s">
-        <v>2185</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2186</v>
+        <v>2178</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2187</v>
+        <v>2179</v>
       </c>
       <c r="D551" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E551" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F551" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2188</v>
+        <v>2180</v>
       </c>
       <c r="H551" t="s">
-        <v>2189</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2190</v>
+        <v>2182</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2191</v>
+        <v>2183</v>
       </c>
       <c r="D552" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E552" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F552" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2192</v>
+        <v>2184</v>
       </c>
       <c r="H552" t="s">
-        <v>2193</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2194</v>
+        <v>2186</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2195</v>
+        <v>2187</v>
       </c>
       <c r="D553" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E553" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F553" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2196</v>
+        <v>2188</v>
       </c>
       <c r="H553" t="s">
-        <v>2197</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2198</v>
+        <v>2190</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2199</v>
+        <v>2191</v>
       </c>
       <c r="D554" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E554" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F554" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2200</v>
+        <v>2192</v>
       </c>
       <c r="H554" t="s">
-        <v>2201</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2202</v>
+        <v>2194</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2203</v>
+        <v>2195</v>
       </c>
       <c r="D555" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E555" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F555" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2204</v>
+        <v>2196</v>
       </c>
       <c r="H555" t="s">
-        <v>2205</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2206</v>
+        <v>2198</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2207</v>
+        <v>2199</v>
       </c>
       <c r="D556" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E556" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F556" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2208</v>
+        <v>2200</v>
       </c>
       <c r="H556" t="s">
-        <v>2209</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2210</v>
+        <v>2202</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2211</v>
+        <v>2203</v>
       </c>
       <c r="D557" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E557" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F557" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2212</v>
+        <v>2204</v>
       </c>
       <c r="H557" t="s">
-        <v>2213</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2214</v>
+        <v>2206</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2215</v>
+        <v>2207</v>
       </c>
       <c r="D558" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E558" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F558" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2216</v>
+        <v>2208</v>
       </c>
       <c r="H558" t="s">
-        <v>2217</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2218</v>
+        <v>2210</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2219</v>
+        <v>2211</v>
       </c>
       <c r="D559" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E559" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F559" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2220</v>
+        <v>2212</v>
       </c>
       <c r="H559" t="s">
-        <v>2221</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2222</v>
+        <v>2214</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2223</v>
+        <v>2215</v>
       </c>
       <c r="D560" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E560" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F560" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2224</v>
+        <v>2216</v>
       </c>
       <c r="H560" t="s">
-        <v>2225</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2226</v>
+        <v>2218</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2227</v>
+        <v>2219</v>
       </c>
       <c r="D561" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E561" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F561" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2228</v>
+        <v>2220</v>
       </c>
       <c r="H561" t="s">
-        <v>2229</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2230</v>
+        <v>2222</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2231</v>
+        <v>2223</v>
       </c>
       <c r="D562" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E562" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F562" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2232</v>
+        <v>2224</v>
       </c>
       <c r="H562" t="s">
-        <v>2233</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2234</v>
+        <v>2226</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2235</v>
+        <v>2227</v>
       </c>
       <c r="D563" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E563" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F563" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2236</v>
+        <v>2228</v>
       </c>
       <c r="H563" t="s">
-        <v>2237</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2238</v>
+        <v>2230</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2239</v>
+        <v>2231</v>
       </c>
       <c r="D564" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E564" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F564" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2240</v>
+        <v>2232</v>
       </c>
       <c r="H564" t="s">
-        <v>2241</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2242</v>
+        <v>2234</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2243</v>
+        <v>2235</v>
       </c>
       <c r="D565" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E565" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F565" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2244</v>
+        <v>2236</v>
       </c>
       <c r="H565" t="s">
-        <v>2245</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2246</v>
+        <v>2238</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2247</v>
+        <v>2239</v>
       </c>
       <c r="D566" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E566" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F566" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2248</v>
+        <v>2240</v>
       </c>
       <c r="H566" t="s">
-        <v>2249</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2250</v>
+        <v>2242</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2251</v>
+        <v>2243</v>
       </c>
       <c r="D567" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E567" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F567" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2252</v>
+        <v>2244</v>
       </c>
       <c r="H567" t="s">
-        <v>2253</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2254</v>
+        <v>2246</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2255</v>
+        <v>2247</v>
       </c>
       <c r="D568" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E568" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F568" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2256</v>
+        <v>2248</v>
       </c>
       <c r="H568" t="s">
-        <v>2257</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2258</v>
+        <v>2250</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2259</v>
+        <v>2251</v>
       </c>
       <c r="D569" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E569" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F569" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2260</v>
+        <v>2252</v>
       </c>
       <c r="H569" t="s">
-        <v>2261</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2262</v>
+        <v>2254</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2263</v>
+        <v>2255</v>
       </c>
       <c r="D570" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E570" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F570" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2264</v>
+        <v>2256</v>
       </c>
       <c r="H570" t="s">
-        <v>2265</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2266</v>
+        <v>2258</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2267</v>
+        <v>2259</v>
       </c>
       <c r="D571" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E571" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F571" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2268</v>
+        <v>2260</v>
       </c>
       <c r="H571" t="s">
-        <v>2269</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2270</v>
+        <v>2262</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2271</v>
+        <v>2263</v>
       </c>
       <c r="D572" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E572" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F572" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2272</v>
+        <v>2264</v>
       </c>
       <c r="H572" t="s">
-        <v>2273</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2274</v>
+        <v>2266</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2275</v>
+        <v>2267</v>
       </c>
       <c r="D573" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E573" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F573" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2276</v>
+        <v>2268</v>
       </c>
       <c r="H573" t="s">
-        <v>2277</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2278</v>
+        <v>2270</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>2279</v>
+        <v>2271</v>
       </c>
       <c r="D574" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E574" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F574" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2280</v>
+        <v>2272</v>
       </c>
       <c r="H574" t="s">
-        <v>2281</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2282</v>
+        <v>2274</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2283</v>
+        <v>2275</v>
       </c>
       <c r="D575" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E575" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F575" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2284</v>
+        <v>2276</v>
       </c>
       <c r="H575" t="s">
-        <v>2285</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2286</v>
+        <v>2278</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2287</v>
+        <v>2279</v>
       </c>
       <c r="D576" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E576" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F576" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2288</v>
+        <v>2280</v>
       </c>
       <c r="H576" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2291</v>
+        <v>2283</v>
       </c>
       <c r="D577" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E577" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F577" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2292</v>
+        <v>2284</v>
       </c>
       <c r="H577" t="s">
-        <v>2293</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2294</v>
+        <v>2286</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2295</v>
+        <v>2287</v>
       </c>
       <c r="D578" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E578" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F578" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2296</v>
+        <v>2288</v>
       </c>
       <c r="H578" t="s">
-        <v>2297</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2298</v>
+        <v>2290</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2299</v>
+        <v>2291</v>
       </c>
       <c r="D579" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E579" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F579" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2300</v>
+        <v>2292</v>
       </c>
       <c r="H579" t="s">
-        <v>2301</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2302</v>
+        <v>2294</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2303</v>
+        <v>2295</v>
       </c>
       <c r="D580" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E580" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F580" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2304</v>
+        <v>2296</v>
       </c>
       <c r="H580" t="s">
-        <v>2305</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2306</v>
+        <v>2298</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>2307</v>
+        <v>2299</v>
       </c>
       <c r="D581" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E581" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F581" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2308</v>
+        <v>2300</v>
       </c>
       <c r="H581" t="s">
-        <v>2309</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2310</v>
+        <v>2302</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2311</v>
+        <v>2303</v>
       </c>
       <c r="D582" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E582" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F582" t="s">
-        <v>2127</v>
+        <v>106</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2312</v>
+        <v>2304</v>
       </c>
       <c r="H582" t="s">
-        <v>2313</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2314</v>
+        <v>2306</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2315</v>
+        <v>2307</v>
       </c>
       <c r="D583" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E583" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F583" t="s">
-        <v>2127</v>
+        <v>258</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2316</v>
+        <v>2308</v>
       </c>
       <c r="H583" t="s">
-        <v>2317</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2318</v>
+        <v>2310</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2319</v>
+        <v>2311</v>
       </c>
       <c r="D584" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E584" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F584" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2320</v>
+        <v>2312</v>
       </c>
       <c r="H584" t="s">
-        <v>2321</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2322</v>
+        <v>2314</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>2323</v>
+        <v>2315</v>
       </c>
       <c r="D585" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E585" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F585" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2324</v>
+        <v>2316</v>
       </c>
       <c r="H585" t="s">
-        <v>2325</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2326</v>
+        <v>2318</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2327</v>
+        <v>2319</v>
       </c>
       <c r="D586" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E586" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F586" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2328</v>
+        <v>2320</v>
       </c>
       <c r="H586" t="s">
-        <v>2329</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2330</v>
+        <v>2322</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2331</v>
+        <v>2323</v>
       </c>
       <c r="D587" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E587" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F587" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2332</v>
+        <v>2324</v>
       </c>
       <c r="H587" t="s">
-        <v>2333</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2334</v>
+        <v>2326</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2335</v>
+        <v>2327</v>
       </c>
       <c r="D588" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E588" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F588" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2336</v>
+        <v>2328</v>
       </c>
       <c r="H588" t="s">
-        <v>2337</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2338</v>
+        <v>2330</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2339</v>
+        <v>2331</v>
       </c>
       <c r="D589" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E589" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F589" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2340</v>
+        <v>2332</v>
       </c>
       <c r="H589" t="s">
-        <v>2341</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2342</v>
+        <v>2334</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>2343</v>
+        <v>2335</v>
       </c>
       <c r="D590" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E590" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F590" t="s">
-        <v>231</v>
+        <v>2151</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2344</v>
+        <v>2336</v>
       </c>
       <c r="H590" t="s">
-        <v>2345</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2346</v>
+        <v>2338</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2347</v>
+        <v>2339</v>
       </c>
       <c r="D591" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E591" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F591" t="s">
-        <v>231</v>
+        <v>2151</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2348</v>
+        <v>2340</v>
       </c>
       <c r="H591" t="s">
-        <v>2349</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2350</v>
+        <v>2342</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2351</v>
+        <v>2343</v>
       </c>
       <c r="D592" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E592" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F592" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2352</v>
+        <v>2344</v>
       </c>
       <c r="H592" t="s">
-        <v>2353</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2354</v>
+        <v>2346</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2355</v>
+        <v>2347</v>
       </c>
       <c r="D593" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E593" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F593" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2356</v>
+        <v>2348</v>
       </c>
       <c r="H593" t="s">
-        <v>2357</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2358</v>
+        <v>2350</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2359</v>
+        <v>2351</v>
       </c>
       <c r="D594" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E594" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F594" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2360</v>
+        <v>2352</v>
       </c>
       <c r="H594" t="s">
-        <v>2361</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2362</v>
+        <v>2354</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2363</v>
+        <v>2355</v>
       </c>
       <c r="D595" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E595" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F595" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2364</v>
+        <v>2356</v>
       </c>
       <c r="H595" t="s">
-        <v>2365</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2366</v>
+        <v>2358</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2367</v>
+        <v>2359</v>
       </c>
       <c r="D596" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E596" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F596" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2368</v>
+        <v>2360</v>
       </c>
       <c r="H596" t="s">
-        <v>2369</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2370</v>
+        <v>2362</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2371</v>
+        <v>2363</v>
       </c>
       <c r="D597" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E597" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F597" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2372</v>
+        <v>2364</v>
       </c>
       <c r="H597" t="s">
-        <v>2373</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2374</v>
+        <v>2366</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2375</v>
+        <v>2367</v>
       </c>
       <c r="D598" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E598" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F598" t="s">
-        <v>2127</v>
+        <v>262</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="H598" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2378</v>
+        <v>2370</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2379</v>
+        <v>2371</v>
       </c>
       <c r="D599" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E599" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F599" t="s">
-        <v>2127</v>
+        <v>262</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2380</v>
+        <v>2372</v>
       </c>
       <c r="H599" t="s">
-        <v>2381</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2382</v>
+        <v>2374</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2383</v>
+        <v>2375</v>
       </c>
       <c r="D600" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E600" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F600" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2384</v>
+        <v>2376</v>
       </c>
       <c r="H600" t="s">
-        <v>2385</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2386</v>
+        <v>2378</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2387</v>
+        <v>2379</v>
       </c>
       <c r="D601" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E601" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F601" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2388</v>
+        <v>2380</v>
       </c>
       <c r="H601" t="s">
-        <v>2389</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2390</v>
+        <v>2382</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2391</v>
+        <v>2383</v>
       </c>
       <c r="D602" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E602" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F602" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2392</v>
+        <v>2384</v>
       </c>
       <c r="H602" t="s">
-        <v>2393</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2394</v>
+        <v>2386</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2395</v>
+        <v>2387</v>
       </c>
       <c r="D603" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E603" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F603" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2396</v>
+        <v>2388</v>
       </c>
       <c r="H603" t="s">
-        <v>2397</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2398</v>
+        <v>2390</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2399</v>
+        <v>2391</v>
       </c>
       <c r="D604" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E604" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F604" t="s">
-        <v>231</v>
+        <v>83</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2400</v>
+        <v>2392</v>
       </c>
       <c r="H604" t="s">
-        <v>2401</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2402</v>
+        <v>2394</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2403</v>
+        <v>2395</v>
       </c>
       <c r="D605" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E605" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F605" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2404</v>
+        <v>2396</v>
       </c>
       <c r="H605" t="s">
-        <v>2405</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2406</v>
+        <v>2398</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2407</v>
+        <v>2399</v>
       </c>
       <c r="D606" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E606" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F606" t="s">
-        <v>102</v>
+        <v>2151</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2408</v>
+        <v>2400</v>
       </c>
       <c r="H606" t="s">
-        <v>2409</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2410</v>
+        <v>2402</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2411</v>
+        <v>2403</v>
       </c>
       <c r="D607" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E607" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F607" t="s">
-        <v>227</v>
+        <v>2151</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2412</v>
+        <v>2404</v>
       </c>
       <c r="H607" t="s">
-        <v>2413</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2414</v>
+        <v>2406</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>2415</v>
+        <v>2407</v>
       </c>
       <c r="D608" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E608" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F608" t="s">
-        <v>2416</v>
+        <v>106</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2417</v>
+        <v>2408</v>
       </c>
       <c r="H608" t="s">
-        <v>2418</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2419</v>
+        <v>2410</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>2420</v>
+        <v>2411</v>
       </c>
       <c r="D609" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E609" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F609" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2421</v>
+        <v>2412</v>
       </c>
       <c r="H609" t="s">
-        <v>2422</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2423</v>
+        <v>2414</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2424</v>
+        <v>2415</v>
       </c>
       <c r="D610" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E610" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F610" t="s">
-        <v>2127</v>
+        <v>258</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2425</v>
+        <v>2416</v>
       </c>
       <c r="H610" t="s">
-        <v>2426</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2427</v>
+        <v>2418</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>2428</v>
+        <v>2419</v>
       </c>
       <c r="D611" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E611" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F611" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2429</v>
+        <v>2420</v>
       </c>
       <c r="H611" t="s">
-        <v>2430</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2431</v>
+        <v>2422</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2432</v>
+        <v>2423</v>
       </c>
       <c r="D612" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E612" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F612" t="s">
-        <v>47</v>
+        <v>262</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2433</v>
+        <v>2424</v>
       </c>
       <c r="H612" t="s">
-        <v>2434</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2435</v>
+        <v>2426</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>2436</v>
+        <v>2427</v>
       </c>
       <c r="D613" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E613" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F613" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2437</v>
+        <v>2428</v>
       </c>
       <c r="H613" t="s">
-        <v>2438</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2439</v>
+        <v>2430</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>2440</v>
+        <v>2431</v>
       </c>
       <c r="D614" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E614" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F614" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2441</v>
+        <v>2432</v>
       </c>
       <c r="H614" t="s">
-        <v>2442</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2443</v>
+        <v>2434</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2444</v>
+        <v>2435</v>
       </c>
       <c r="D615" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E615" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F615" t="s">
-        <v>102</v>
+        <v>258</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2445</v>
+        <v>2436</v>
       </c>
       <c r="H615" t="s">
-        <v>2446</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2447</v>
+        <v>2438</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2448</v>
+        <v>2439</v>
       </c>
       <c r="D616" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E616" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F616" t="s">
-        <v>102</v>
+        <v>2440</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2449</v>
+        <v>2441</v>
       </c>
       <c r="H616" t="s">
-        <v>2450</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2451</v>
+        <v>2443</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2452</v>
+        <v>2444</v>
       </c>
       <c r="D617" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E617" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F617" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2453</v>
+        <v>2445</v>
       </c>
       <c r="H617" t="s">
-        <v>2454</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2455</v>
+        <v>2447</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2456</v>
+        <v>2448</v>
       </c>
       <c r="D618" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E618" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F618" t="s">
-        <v>2457</v>
+        <v>2151</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2458</v>
+        <v>2449</v>
       </c>
       <c r="H618" t="s">
-        <v>2459</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2460</v>
+        <v>2451</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2461</v>
+        <v>2452</v>
       </c>
       <c r="D619" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E619" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F619" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2462</v>
+        <v>2453</v>
       </c>
       <c r="H619" t="s">
-        <v>2463</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2464</v>
+        <v>2455</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2465</v>
+        <v>2456</v>
       </c>
       <c r="D620" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E620" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F620" t="s">
-        <v>242</v>
+        <v>51</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2466</v>
+        <v>2457</v>
       </c>
       <c r="H620" t="s">
-        <v>2467</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2468</v>
+        <v>2459</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2469</v>
+        <v>2460</v>
       </c>
       <c r="D621" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E621" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F621" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2470</v>
+        <v>2461</v>
       </c>
       <c r="H621" t="s">
-        <v>2471</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2472</v>
+        <v>2463</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>2473</v>
+        <v>2464</v>
       </c>
       <c r="D622" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E622" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F622" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2474</v>
+        <v>2465</v>
       </c>
       <c r="H622" t="s">
-        <v>2475</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2476</v>
+        <v>2467</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2477</v>
+        <v>2468</v>
       </c>
       <c r="D623" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E623" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F623" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2478</v>
+        <v>2469</v>
       </c>
       <c r="H623" t="s">
-        <v>2479</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2480</v>
+        <v>2471</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2481</v>
+        <v>2472</v>
       </c>
       <c r="D624" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E624" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F624" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2482</v>
+        <v>2473</v>
       </c>
       <c r="H624" t="s">
-        <v>2483</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2484</v>
+        <v>2475</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2485</v>
+        <v>2476</v>
       </c>
       <c r="D625" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E625" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F625" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2486</v>
+        <v>2477</v>
       </c>
       <c r="H625" t="s">
-        <v>2487</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2488</v>
+        <v>2479</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2489</v>
+        <v>2480</v>
       </c>
       <c r="D626" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E626" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F626" t="s">
-        <v>242</v>
+        <v>2481</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2490</v>
+        <v>2482</v>
       </c>
       <c r="H626" t="s">
-        <v>2491</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2492</v>
+        <v>2484</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2493</v>
+        <v>2485</v>
       </c>
       <c r="D627" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E627" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F627" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2494</v>
+        <v>2486</v>
       </c>
       <c r="H627" t="s">
-        <v>2495</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2496</v>
+        <v>2488</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2497</v>
+        <v>2489</v>
       </c>
       <c r="D628" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E628" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F628" t="s">
-        <v>242</v>
+        <v>273</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2498</v>
+        <v>2490</v>
       </c>
       <c r="H628" t="s">
-        <v>2499</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2500</v>
+        <v>2492</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2501</v>
+        <v>2493</v>
       </c>
       <c r="D629" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E629" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F629" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2502</v>
+        <v>2494</v>
       </c>
       <c r="H629" t="s">
-        <v>2503</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2504</v>
+        <v>2496</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>2505</v>
+        <v>2497</v>
       </c>
       <c r="D630" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E630" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F630" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2506</v>
+        <v>2498</v>
       </c>
       <c r="H630" t="s">
-        <v>2507</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2508</v>
+        <v>2500</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2509</v>
+        <v>2501</v>
       </c>
       <c r="D631" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E631" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F631" t="s">
-        <v>54</v>
+        <v>273</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2510</v>
+        <v>2502</v>
       </c>
       <c r="H631" t="s">
-        <v>2511</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2512</v>
+        <v>2504</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>2513</v>
+        <v>2505</v>
       </c>
       <c r="D632" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E632" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F632" t="s">
-        <v>54</v>
+        <v>273</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2514</v>
+        <v>2506</v>
       </c>
       <c r="H632" t="s">
-        <v>2515</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2516</v>
+        <v>2508</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2517</v>
+        <v>2509</v>
       </c>
       <c r="D633" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E633" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F633" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2518</v>
+        <v>2510</v>
       </c>
       <c r="H633" t="s">
-        <v>2519</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2520</v>
+        <v>2512</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2521</v>
+        <v>2513</v>
       </c>
       <c r="D634" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E634" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F634" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2522</v>
+        <v>2514</v>
       </c>
       <c r="H634" t="s">
-        <v>2523</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2524</v>
+        <v>2516</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>2525</v>
+        <v>2517</v>
       </c>
       <c r="D635" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E635" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F635" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2526</v>
+        <v>2518</v>
       </c>
       <c r="H635" t="s">
-        <v>2527</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2528</v>
+        <v>2520</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>2529</v>
+        <v>2521</v>
       </c>
       <c r="D636" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E636" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F636" t="s">
-        <v>141</v>
+        <v>273</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2530</v>
+        <v>2522</v>
       </c>
       <c r="H636" t="s">
-        <v>2531</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2532</v>
+        <v>2524</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2533</v>
+        <v>2525</v>
       </c>
       <c r="D637" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E637" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F637" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2534</v>
+        <v>2526</v>
       </c>
       <c r="H637" t="s">
-        <v>2535</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2536</v>
+        <v>2528</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>2537</v>
+        <v>2529</v>
       </c>
       <c r="D638" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E638" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F638" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2538</v>
+        <v>2530</v>
       </c>
       <c r="H638" t="s">
-        <v>2539</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2540</v>
+        <v>2532</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2541</v>
+        <v>2533</v>
       </c>
       <c r="D639" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E639" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F639" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2542</v>
+        <v>2534</v>
       </c>
       <c r="H639" t="s">
-        <v>2543</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2544</v>
+        <v>2536</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2545</v>
+        <v>2537</v>
       </c>
       <c r="D640" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E640" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F640" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2546</v>
+        <v>2538</v>
       </c>
       <c r="H640" t="s">
-        <v>2547</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2548</v>
+        <v>2540</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2549</v>
+        <v>2541</v>
       </c>
       <c r="D641" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E641" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F641" t="s">
-        <v>162</v>
+        <v>106</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2550</v>
+        <v>2542</v>
       </c>
       <c r="H641" t="s">
-        <v>2551</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2552</v>
+        <v>2544</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2553</v>
+        <v>2545</v>
       </c>
       <c r="D642" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E642" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F642" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2554</v>
+        <v>2546</v>
       </c>
       <c r="H642" t="s">
-        <v>2555</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2556</v>
+        <v>2548</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2557</v>
+        <v>2549</v>
       </c>
       <c r="D643" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E643" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F643" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2558</v>
+        <v>2550</v>
       </c>
       <c r="H643" t="s">
-        <v>2559</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2560</v>
+        <v>2552</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2561</v>
+        <v>2553</v>
       </c>
       <c r="D644" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E644" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F644" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2562</v>
+        <v>2554</v>
       </c>
       <c r="H644" t="s">
-        <v>2563</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2564</v>
+        <v>2556</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2565</v>
+        <v>2557</v>
       </c>
       <c r="D645" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E645" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F645" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2566</v>
+        <v>2558</v>
       </c>
       <c r="H645" t="s">
-        <v>2567</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2568</v>
+        <v>2560</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2569</v>
+        <v>2561</v>
       </c>
       <c r="D646" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E646" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F646" t="s">
-        <v>111</v>
+        <v>45</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2570</v>
+        <v>2562</v>
       </c>
       <c r="H646" t="s">
-        <v>2571</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2572</v>
+        <v>2564</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2573</v>
+        <v>2565</v>
       </c>
       <c r="D647" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E647" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F647" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2574</v>
+        <v>2566</v>
       </c>
       <c r="H647" t="s">
-        <v>2575</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2576</v>
+        <v>2568</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2577</v>
+        <v>2569</v>
       </c>
       <c r="D648" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E648" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F648" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2578</v>
+        <v>2570</v>
       </c>
       <c r="H648" t="s">
-        <v>2579</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2580</v>
+        <v>2572</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2581</v>
+        <v>2573</v>
       </c>
       <c r="D649" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E649" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F649" t="s">
-        <v>54</v>
+        <v>165</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2582</v>
+        <v>2574</v>
       </c>
       <c r="H649" t="s">
-        <v>2583</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2584</v>
+        <v>2576</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2585</v>
+        <v>2577</v>
       </c>
       <c r="D650" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E650" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F650" t="s">
-        <v>111</v>
+        <v>258</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2586</v>
+        <v>2578</v>
       </c>
       <c r="H650" t="s">
-        <v>2587</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2588</v>
+        <v>2580</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2589</v>
+        <v>2581</v>
       </c>
       <c r="D651" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E651" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F651" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2590</v>
+        <v>2582</v>
       </c>
       <c r="H651" t="s">
-        <v>2591</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2592</v>
+        <v>2584</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2593</v>
+        <v>2585</v>
       </c>
       <c r="D652" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E652" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F652" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2594</v>
+        <v>2586</v>
       </c>
       <c r="H652" t="s">
-        <v>2595</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2596</v>
+        <v>2588</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2597</v>
+        <v>2589</v>
       </c>
       <c r="D653" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E653" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F653" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2598</v>
+        <v>2590</v>
       </c>
       <c r="H653" t="s">
-        <v>2599</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2600</v>
+        <v>2592</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2601</v>
+        <v>2593</v>
       </c>
       <c r="D654" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E654" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F654" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2602</v>
+        <v>2594</v>
       </c>
       <c r="H654" t="s">
-        <v>2603</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2604</v>
+        <v>2596</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2605</v>
+        <v>2597</v>
       </c>
       <c r="D655" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E655" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F655" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2606</v>
+        <v>2598</v>
       </c>
       <c r="H655" t="s">
-        <v>2607</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2608</v>
+        <v>2600</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2609</v>
+        <v>2601</v>
       </c>
       <c r="D656" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E656" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F656" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2610</v>
+        <v>2602</v>
       </c>
       <c r="H656" t="s">
-        <v>2611</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2612</v>
+        <v>2604</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2613</v>
+        <v>2605</v>
       </c>
       <c r="D657" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E657" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F657" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2614</v>
+        <v>2606</v>
       </c>
       <c r="H657" t="s">
-        <v>2615</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2616</v>
+        <v>2608</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2617</v>
+        <v>2609</v>
       </c>
       <c r="D658" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E658" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F658" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2618</v>
+        <v>2610</v>
       </c>
       <c r="H658" t="s">
-        <v>2619</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2620</v>
+        <v>2612</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>2621</v>
+        <v>2613</v>
       </c>
       <c r="D659" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E659" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F659" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2622</v>
+        <v>2614</v>
       </c>
       <c r="H659" t="s">
-        <v>2623</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2624</v>
+        <v>2616</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>2625</v>
+        <v>2617</v>
       </c>
       <c r="D660" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E660" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F660" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2626</v>
+        <v>2618</v>
       </c>
       <c r="H660" t="s">
-        <v>2627</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2628</v>
+        <v>2620</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>2629</v>
+        <v>2621</v>
       </c>
       <c r="D661" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E661" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F661" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2630</v>
+        <v>2622</v>
       </c>
       <c r="H661" t="s">
-        <v>2631</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2632</v>
+        <v>2624</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>2633</v>
+        <v>2625</v>
       </c>
       <c r="D662" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E662" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F662" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2634</v>
+        <v>2626</v>
       </c>
       <c r="H662" t="s">
-        <v>2635</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2636</v>
+        <v>2628</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>2637</v>
+        <v>2629</v>
       </c>
       <c r="D663" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E663" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F663" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2638</v>
+        <v>2630</v>
       </c>
       <c r="H663" t="s">
-        <v>2639</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2640</v>
+        <v>2632</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2641</v>
+        <v>2633</v>
       </c>
       <c r="D664" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E664" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F664" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2642</v>
+        <v>2634</v>
       </c>
       <c r="H664" t="s">
-        <v>2643</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2644</v>
+        <v>2636</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2645</v>
+        <v>2637</v>
       </c>
       <c r="D665" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E665" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F665" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2646</v>
+        <v>2638</v>
       </c>
       <c r="H665" t="s">
-        <v>2647</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2648</v>
+        <v>2640</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2649</v>
+        <v>2641</v>
       </c>
       <c r="D666" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E666" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F666" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2650</v>
+        <v>2642</v>
       </c>
       <c r="H666" t="s">
-        <v>2651</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2652</v>
+        <v>2644</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2653</v>
+        <v>2645</v>
       </c>
       <c r="D667" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E667" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F667" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2654</v>
+        <v>2646</v>
       </c>
       <c r="H667" t="s">
-        <v>2655</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2656</v>
+        <v>2648</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>2657</v>
+        <v>2649</v>
       </c>
       <c r="D668" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E668" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F668" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2658</v>
+        <v>2650</v>
       </c>
       <c r="H668" t="s">
-        <v>2659</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2660</v>
+        <v>2652</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2661</v>
+        <v>2653</v>
       </c>
       <c r="D669" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E669" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F669" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2662</v>
+        <v>2654</v>
       </c>
       <c r="H669" t="s">
-        <v>2663</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2664</v>
+        <v>2656</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>2665</v>
+        <v>2657</v>
       </c>
       <c r="D670" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E670" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F670" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2666</v>
+        <v>2658</v>
       </c>
       <c r="H670" t="s">
-        <v>2667</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2668</v>
+        <v>2660</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2669</v>
+        <v>2661</v>
       </c>
       <c r="D671" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E671" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F671" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2670</v>
+        <v>2662</v>
       </c>
       <c r="H671" t="s">
-        <v>2671</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2672</v>
+        <v>2664</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>2673</v>
+        <v>2665</v>
       </c>
       <c r="D672" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E672" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F672" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2674</v>
+        <v>2666</v>
       </c>
       <c r="H672" t="s">
-        <v>2675</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2676</v>
+        <v>2668</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2677</v>
+        <v>2669</v>
       </c>
       <c r="D673" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E673" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F673" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2678</v>
+        <v>2670</v>
       </c>
       <c r="H673" t="s">
-        <v>2679</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2680</v>
+        <v>2672</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>2681</v>
+        <v>2673</v>
       </c>
       <c r="D674" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E674" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F674" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2682</v>
+        <v>2674</v>
       </c>
       <c r="H674" t="s">
-        <v>2683</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2684</v>
+        <v>2676</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>2685</v>
+        <v>2677</v>
       </c>
       <c r="D675" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E675" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F675" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2686</v>
+        <v>2678</v>
       </c>
       <c r="H675" t="s">
-        <v>2687</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2688</v>
+        <v>2680</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>2689</v>
+        <v>2681</v>
       </c>
       <c r="D676" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E676" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F676" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2690</v>
+        <v>2682</v>
       </c>
       <c r="H676" t="s">
-        <v>2691</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2692</v>
+        <v>2684</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>2693</v>
+        <v>2685</v>
       </c>
       <c r="D677" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E677" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F677" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2694</v>
+        <v>2686</v>
       </c>
       <c r="H677" t="s">
-        <v>2695</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2696</v>
+        <v>2688</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>2697</v>
+        <v>2689</v>
       </c>
       <c r="D678" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E678" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F678" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2698</v>
+        <v>2690</v>
       </c>
       <c r="H678" t="s">
-        <v>2699</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2700</v>
+        <v>2692</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2701</v>
+        <v>2693</v>
       </c>
       <c r="D679" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E679" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F679" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2702</v>
+        <v>2694</v>
       </c>
       <c r="H679" t="s">
-        <v>2703</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2704</v>
+        <v>2696</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2705</v>
+        <v>2697</v>
       </c>
       <c r="D680" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E680" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F680" t="s">
-        <v>227</v>
+        <v>51</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2706</v>
+        <v>2698</v>
       </c>
       <c r="H680" t="s">
-        <v>2707</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2708</v>
+        <v>2700</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>2709</v>
+        <v>2701</v>
       </c>
       <c r="D681" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E681" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F681" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2710</v>
+        <v>2702</v>
       </c>
       <c r="H681" t="s">
-        <v>2711</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2712</v>
+        <v>2704</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>2713</v>
+        <v>2705</v>
       </c>
       <c r="D682" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E682" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F682" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2714</v>
+        <v>2706</v>
       </c>
       <c r="H682" t="s">
-        <v>2715</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2716</v>
+        <v>2708</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>2717</v>
+        <v>2709</v>
       </c>
       <c r="D683" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E683" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F683" t="s">
-        <v>227</v>
+        <v>115</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2718</v>
+        <v>2710</v>
       </c>
       <c r="H683" t="s">
-        <v>2719</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2720</v>
+        <v>2712</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>2721</v>
+        <v>2713</v>
       </c>
       <c r="D684" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E684" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F684" t="s">
-        <v>2722</v>
+        <v>45</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2723</v>
+        <v>2714</v>
       </c>
       <c r="H684" t="s">
-        <v>2724</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2725</v>
+        <v>2716</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>2726</v>
+        <v>2717</v>
       </c>
       <c r="D685" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E685" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F685" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2727</v>
+        <v>2718</v>
       </c>
       <c r="H685" t="s">
-        <v>2728</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2729</v>
+        <v>2720</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>2730</v>
+        <v>2721</v>
       </c>
       <c r="D686" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E686" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F686" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2731</v>
+        <v>2722</v>
       </c>
       <c r="H686" t="s">
-        <v>2732</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2733</v>
+        <v>2724</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>2734</v>
+        <v>2725</v>
       </c>
       <c r="D687" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E687" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F687" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2735</v>
+        <v>2726</v>
       </c>
       <c r="H687" t="s">
-        <v>2736</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2737</v>
+        <v>2728</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>2738</v>
+        <v>2729</v>
       </c>
       <c r="D688" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E688" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F688" t="s">
-        <v>54</v>
+        <v>258</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2739</v>
+        <v>2730</v>
       </c>
       <c r="H688" t="s">
-        <v>2740</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2741</v>
+        <v>2732</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>2742</v>
+        <v>2733</v>
       </c>
       <c r="D689" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E689" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F689" t="s">
-        <v>162</v>
+        <v>51</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2743</v>
+        <v>2734</v>
       </c>
       <c r="H689" t="s">
-        <v>2744</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2745</v>
+        <v>2736</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>2746</v>
+        <v>2737</v>
       </c>
       <c r="D690" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E690" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F690" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2747</v>
+        <v>2738</v>
       </c>
       <c r="H690" t="s">
-        <v>2748</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2749</v>
+        <v>2740</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>2750</v>
+        <v>2741</v>
       </c>
       <c r="D691" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E691" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F691" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2751</v>
+        <v>2742</v>
       </c>
       <c r="H691" t="s">
-        <v>2752</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2753</v>
+        <v>2744</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>2754</v>
+        <v>2745</v>
       </c>
       <c r="D692" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E692" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F692" t="s">
-        <v>54</v>
+        <v>2746</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2755</v>
+        <v>2747</v>
       </c>
       <c r="H692" t="s">
-        <v>2756</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2757</v>
+        <v>2749</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>2758</v>
+        <v>2750</v>
       </c>
       <c r="D693" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E693" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F693" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2759</v>
+        <v>2751</v>
       </c>
       <c r="H693" t="s">
-        <v>2760</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2761</v>
+        <v>2753</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>2762</v>
+        <v>2754</v>
       </c>
       <c r="D694" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E694" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F694" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2763</v>
+        <v>2755</v>
       </c>
       <c r="H694" t="s">
-        <v>2764</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2765</v>
+        <v>2757</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>2766</v>
+        <v>2758</v>
       </c>
       <c r="D695" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E695" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F695" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2767</v>
+        <v>2759</v>
       </c>
       <c r="H695" t="s">
-        <v>2768</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2769</v>
+        <v>2761</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>2770</v>
+        <v>2762</v>
       </c>
       <c r="D696" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E696" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F696" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2771</v>
+        <v>2763</v>
       </c>
       <c r="H696" t="s">
-        <v>2772</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2773</v>
+        <v>2765</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>2774</v>
+        <v>2766</v>
       </c>
       <c r="D697" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E697" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F697" t="s">
-        <v>242</v>
+        <v>165</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2775</v>
+        <v>2767</v>
       </c>
       <c r="H697" t="s">
-        <v>2776</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2777</v>
+        <v>2769</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>2778</v>
+        <v>2770</v>
       </c>
       <c r="D698" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E698" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F698" t="s">
-        <v>242</v>
+        <v>165</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2779</v>
+        <v>2771</v>
       </c>
       <c r="H698" t="s">
-        <v>2780</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2781</v>
+        <v>2773</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>2782</v>
+        <v>2774</v>
       </c>
       <c r="D699" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E699" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F699" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2783</v>
+        <v>2775</v>
       </c>
       <c r="H699" t="s">
-        <v>2784</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2785</v>
+        <v>2777</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>2786</v>
+        <v>2778</v>
       </c>
       <c r="D700" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E700" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F700" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2787</v>
+        <v>2779</v>
       </c>
       <c r="H700" t="s">
-        <v>2788</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2789</v>
+        <v>2781</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>2790</v>
+        <v>2782</v>
       </c>
       <c r="D701" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E701" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F701" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2791</v>
+        <v>2783</v>
       </c>
       <c r="H701" t="s">
-        <v>2792</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2793</v>
+        <v>2785</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>2794</v>
+        <v>2786</v>
       </c>
       <c r="D702" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E702" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F702" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2795</v>
+        <v>2787</v>
       </c>
       <c r="H702" t="s">
-        <v>2796</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2797</v>
+        <v>2789</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>2798</v>
+        <v>2790</v>
       </c>
       <c r="D703" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E703" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F703" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2799</v>
+        <v>2791</v>
       </c>
       <c r="H703" t="s">
-        <v>2800</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2801</v>
+        <v>2793</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>2802</v>
+        <v>2794</v>
       </c>
       <c r="D704" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E704" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F704" t="s">
-        <v>162</v>
+        <v>74</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2803</v>
+        <v>2795</v>
       </c>
       <c r="H704" t="s">
-        <v>2804</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2805</v>
+        <v>2797</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>2806</v>
+        <v>2798</v>
       </c>
       <c r="D705" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E705" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F705" t="s">
-        <v>47</v>
+        <v>273</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2807</v>
+        <v>2799</v>
       </c>
       <c r="H705" t="s">
-        <v>2808</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2809</v>
+        <v>2801</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>2810</v>
+        <v>2802</v>
       </c>
       <c r="D706" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E706" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F706" t="s">
-        <v>54</v>
+        <v>273</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2811</v>
+        <v>2803</v>
       </c>
       <c r="H706" t="s">
-        <v>2812</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2813</v>
+        <v>2805</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>2814</v>
+        <v>2806</v>
       </c>
       <c r="D707" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E707" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F707" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2815</v>
+        <v>2807</v>
       </c>
       <c r="H707" t="s">
-        <v>2816</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2817</v>
+        <v>2809</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>2818</v>
+        <v>2810</v>
       </c>
       <c r="D708" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E708" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F708" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2819</v>
+        <v>2811</v>
       </c>
       <c r="H708" t="s">
-        <v>2820</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2821</v>
+        <v>2813</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>2822</v>
+        <v>2814</v>
       </c>
       <c r="D709" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E709" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F709" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2823</v>
+        <v>2815</v>
       </c>
       <c r="H709" t="s">
-        <v>2824</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2825</v>
+        <v>2817</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>2826</v>
+        <v>2818</v>
       </c>
       <c r="D710" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E710" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F710" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2827</v>
+        <v>2819</v>
       </c>
       <c r="H710" t="s">
-        <v>2828</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2829</v>
+        <v>2821</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>2830</v>
+        <v>2822</v>
       </c>
       <c r="D711" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E711" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F711" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2831</v>
+        <v>2823</v>
       </c>
       <c r="H711" t="s">
-        <v>2832</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2833</v>
+        <v>2825</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>2834</v>
+        <v>2826</v>
       </c>
       <c r="D712" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E712" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F712" t="s">
-        <v>2127</v>
+        <v>165</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2835</v>
+        <v>2827</v>
       </c>
       <c r="H712" t="s">
-        <v>2836</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2837</v>
+        <v>2829</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>2838</v>
+        <v>2830</v>
       </c>
       <c r="D713" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E713" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F713" t="s">
-        <v>2127</v>
+        <v>51</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2839</v>
+        <v>2831</v>
       </c>
       <c r="H713" t="s">
-        <v>2840</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2841</v>
+        <v>2833</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>2842</v>
+        <v>2834</v>
       </c>
       <c r="D714" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E714" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F714" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2843</v>
+        <v>2835</v>
       </c>
       <c r="H714" t="s">
-        <v>2844</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2845</v>
+        <v>2837</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>2846</v>
+        <v>2838</v>
       </c>
       <c r="D715" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E715" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F715" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2847</v>
+        <v>2839</v>
       </c>
       <c r="H715" t="s">
-        <v>2848</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2849</v>
+        <v>2841</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>2850</v>
+        <v>2842</v>
       </c>
       <c r="D716" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E716" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F716" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2851</v>
+        <v>2843</v>
       </c>
       <c r="H716" t="s">
-        <v>2852</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2853</v>
+        <v>2845</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>2854</v>
+        <v>2846</v>
       </c>
       <c r="D717" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E717" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F717" t="s">
-        <v>70</v>
+        <v>273</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2855</v>
+        <v>2847</v>
       </c>
       <c r="H717" t="s">
-        <v>2856</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2857</v>
+        <v>2849</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>2858</v>
+        <v>2850</v>
       </c>
       <c r="D718" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E718" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F718" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2859</v>
+        <v>2851</v>
       </c>
       <c r="H718" t="s">
-        <v>2860</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2861</v>
+        <v>2853</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>2862</v>
+        <v>2854</v>
       </c>
       <c r="D719" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E719" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F719" t="s">
-        <v>70</v>
+        <v>273</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2863</v>
+        <v>2855</v>
       </c>
       <c r="H719" t="s">
-        <v>2864</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2865</v>
+        <v>2857</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>2866</v>
+        <v>2858</v>
       </c>
       <c r="D720" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E720" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F720" t="s">
-        <v>70</v>
+        <v>2151</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2867</v>
+        <v>2859</v>
       </c>
       <c r="H720" t="s">
-        <v>2868</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2869</v>
+        <v>2861</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>2870</v>
+        <v>2862</v>
       </c>
       <c r="D721" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E721" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F721" t="s">
-        <v>79</v>
+        <v>2151</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2871</v>
+        <v>2863</v>
       </c>
       <c r="H721" t="s">
-        <v>2872</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2873</v>
+        <v>2865</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>2874</v>
+        <v>2866</v>
       </c>
       <c r="D722" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E722" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F722" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2875</v>
+        <v>2867</v>
       </c>
       <c r="H722" t="s">
-        <v>2876</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2877</v>
+        <v>2869</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>2878</v>
+        <v>2870</v>
       </c>
       <c r="D723" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E723" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F723" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2879</v>
+        <v>2871</v>
       </c>
       <c r="H723" t="s">
-        <v>2880</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2881</v>
+        <v>2873</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>2882</v>
+        <v>2874</v>
       </c>
       <c r="D724" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E724" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F724" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2883</v>
+        <v>2875</v>
       </c>
       <c r="H724" t="s">
-        <v>2884</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2885</v>
+        <v>2877</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>2886</v>
+        <v>2878</v>
       </c>
       <c r="D725" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E725" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F725" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2887</v>
+        <v>2879</v>
       </c>
       <c r="H725" t="s">
-        <v>2888</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2889</v>
+        <v>2881</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>2890</v>
+        <v>2882</v>
       </c>
       <c r="D726" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E726" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F726" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2891</v>
+        <v>2883</v>
       </c>
       <c r="H726" t="s">
-        <v>2892</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2893</v>
+        <v>2885</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>2894</v>
+        <v>2886</v>
       </c>
       <c r="D727" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E727" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F727" t="s">
-        <v>141</v>
+        <v>74</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2895</v>
+        <v>2887</v>
       </c>
       <c r="H727" t="s">
-        <v>2896</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2897</v>
+        <v>2889</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>2898</v>
+        <v>2890</v>
       </c>
       <c r="D728" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E728" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F728" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2899</v>
+        <v>2891</v>
       </c>
       <c r="H728" t="s">
-        <v>2900</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2901</v>
+        <v>2893</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2902</v>
+        <v>2894</v>
       </c>
       <c r="D729" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E729" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F729" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2903</v>
+        <v>2895</v>
       </c>
       <c r="H729" t="s">
-        <v>2904</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2905</v>
+        <v>2897</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2906</v>
+        <v>2898</v>
       </c>
       <c r="D730" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E730" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F730" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2907</v>
+        <v>2899</v>
       </c>
       <c r="H730" t="s">
-        <v>2908</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2909</v>
+        <v>2901</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>2910</v>
+        <v>2902</v>
       </c>
       <c r="D731" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E731" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F731" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2911</v>
+        <v>2903</v>
       </c>
       <c r="H731" t="s">
-        <v>2912</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2913</v>
+        <v>2905</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>2914</v>
+        <v>2906</v>
       </c>
       <c r="D732" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E732" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F732" t="s">
-        <v>231</v>
+        <v>58</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2915</v>
+        <v>2907</v>
       </c>
       <c r="H732" t="s">
-        <v>2916</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2917</v>
+        <v>2909</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>2918</v>
+        <v>2910</v>
       </c>
       <c r="D733" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E733" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F733" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2919</v>
+        <v>2911</v>
       </c>
       <c r="H733" t="s">
-        <v>2920</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2921</v>
+        <v>2913</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>2922</v>
+        <v>2914</v>
       </c>
       <c r="D734" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E734" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F734" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2923</v>
+        <v>2915</v>
       </c>
       <c r="H734" t="s">
-        <v>2924</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2925</v>
+        <v>2917</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>2926</v>
+        <v>2918</v>
       </c>
       <c r="D735" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E735" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F735" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2927</v>
+        <v>2919</v>
       </c>
       <c r="H735" t="s">
-        <v>2928</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2929</v>
+        <v>2921</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>2930</v>
+        <v>2922</v>
       </c>
       <c r="D736" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E736" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F736" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2931</v>
+        <v>2923</v>
       </c>
       <c r="H736" t="s">
-        <v>2932</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2933</v>
+        <v>2925</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>2934</v>
+        <v>2926</v>
       </c>
       <c r="D737" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E737" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F737" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2935</v>
+        <v>2927</v>
       </c>
       <c r="H737" t="s">
-        <v>2936</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2937</v>
+        <v>2929</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>2938</v>
+        <v>2930</v>
       </c>
       <c r="D738" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E738" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F738" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2939</v>
+        <v>2931</v>
       </c>
       <c r="H738" t="s">
-        <v>2940</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2941</v>
+        <v>2933</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>2942</v>
+        <v>2934</v>
       </c>
       <c r="D739" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E739" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F739" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2943</v>
+        <v>2935</v>
       </c>
       <c r="H739" t="s">
-        <v>2944</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2945</v>
+        <v>2937</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>2946</v>
+        <v>2938</v>
       </c>
       <c r="D740" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E740" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F740" t="s">
-        <v>84</v>
+        <v>262</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2947</v>
+        <v>2939</v>
       </c>
       <c r="H740" t="s">
-        <v>2948</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2949</v>
+        <v>2941</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>2950</v>
+        <v>2942</v>
       </c>
       <c r="D741" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E741" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F741" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2951</v>
+        <v>2943</v>
       </c>
       <c r="H741" t="s">
-        <v>2952</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2953</v>
+        <v>2945</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>2954</v>
+        <v>2946</v>
       </c>
       <c r="D742" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E742" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F742" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2955</v>
+        <v>2947</v>
       </c>
       <c r="H742" t="s">
-        <v>2956</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2957</v>
+        <v>2949</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>2958</v>
+        <v>2950</v>
       </c>
       <c r="D743" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E743" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F743" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2959</v>
+        <v>2951</v>
       </c>
       <c r="H743" t="s">
-        <v>2960</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2961</v>
+        <v>2953</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>2962</v>
+        <v>2954</v>
       </c>
       <c r="D744" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E744" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F744" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2963</v>
+        <v>2955</v>
       </c>
       <c r="H744" t="s">
-        <v>2964</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2965</v>
+        <v>2957</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>2966</v>
+        <v>2958</v>
       </c>
       <c r="D745" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E745" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F745" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2967</v>
+        <v>2959</v>
       </c>
       <c r="H745" t="s">
-        <v>2968</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2969</v>
+        <v>2961</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>2970</v>
+        <v>2962</v>
       </c>
       <c r="D746" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E746" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F746" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2971</v>
+        <v>2963</v>
       </c>
       <c r="H746" t="s">
-        <v>2972</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2973</v>
+        <v>2965</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>2974</v>
+        <v>2966</v>
       </c>
       <c r="D747" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E747" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F747" t="s">
-        <v>79</v>
+        <v>51</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2975</v>
+        <v>2967</v>
       </c>
       <c r="H747" t="s">
-        <v>2976</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2977</v>
+        <v>2969</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>2978</v>
+        <v>2970</v>
       </c>
       <c r="D748" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E748" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F748" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2979</v>
+        <v>2971</v>
       </c>
       <c r="H748" t="s">
-        <v>2980</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2981</v>
+        <v>2973</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>2982</v>
+        <v>2974</v>
       </c>
       <c r="D749" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E749" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F749" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2983</v>
+        <v>2975</v>
       </c>
       <c r="H749" t="s">
-        <v>2984</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2985</v>
+        <v>2977</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>2986</v>
+        <v>2978</v>
       </c>
       <c r="D750" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E750" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F750" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2987</v>
+        <v>2979</v>
       </c>
       <c r="H750" t="s">
-        <v>2988</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2989</v>
+        <v>2981</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>2990</v>
+        <v>2982</v>
       </c>
       <c r="D751" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E751" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F751" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2991</v>
+        <v>2983</v>
       </c>
       <c r="H751" t="s">
-        <v>2992</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2993</v>
+        <v>2985</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>2994</v>
+        <v>2986</v>
       </c>
       <c r="D752" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E752" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F752" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2995</v>
+        <v>2987</v>
       </c>
       <c r="H752" t="s">
-        <v>2996</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2997</v>
+        <v>2989</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>2998</v>
+        <v>2990</v>
       </c>
       <c r="D753" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E753" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F753" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2999</v>
+        <v>2991</v>
       </c>
       <c r="H753" t="s">
-        <v>3000</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>3001</v>
+        <v>2993</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>3002</v>
+        <v>2994</v>
       </c>
       <c r="D754" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E754" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F754" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>3003</v>
+        <v>2995</v>
       </c>
       <c r="H754" t="s">
-        <v>3004</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>3005</v>
+        <v>2997</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>3006</v>
+        <v>2998</v>
       </c>
       <c r="D755" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E755" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F755" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>3007</v>
+        <v>2999</v>
       </c>
       <c r="H755" t="s">
-        <v>3008</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>3009</v>
+        <v>3001</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>3010</v>
+        <v>3002</v>
       </c>
       <c r="D756" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E756" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F756" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>3011</v>
+        <v>3003</v>
       </c>
       <c r="H756" t="s">
-        <v>3012</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>3013</v>
+        <v>3005</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>3014</v>
+        <v>3006</v>
       </c>
       <c r="D757" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E757" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F757" t="s">
-        <v>102</v>
+        <v>58</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>3015</v>
+        <v>3007</v>
       </c>
       <c r="H757" t="s">
-        <v>3016</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>3017</v>
+        <v>3009</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>3018</v>
+        <v>3010</v>
       </c>
       <c r="D758" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E758" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F758" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>3019</v>
+        <v>3011</v>
       </c>
       <c r="H758" t="s">
-        <v>3020</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>3021</v>
+        <v>3013</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>3022</v>
+        <v>3014</v>
       </c>
       <c r="D759" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E759" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F759" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>3023</v>
+        <v>3015</v>
       </c>
       <c r="H759" t="s">
-        <v>3024</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>3025</v>
+        <v>3017</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>3026</v>
+        <v>3018</v>
       </c>
       <c r="D760" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E760" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F760" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>3027</v>
+        <v>3019</v>
       </c>
       <c r="H760" t="s">
-        <v>3028</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>3029</v>
+        <v>3021</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>3030</v>
+        <v>3022</v>
       </c>
       <c r="D761" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E761" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F761" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>3031</v>
+        <v>3023</v>
       </c>
       <c r="H761" t="s">
-        <v>3032</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>3033</v>
+        <v>3025</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>3034</v>
+        <v>3026</v>
       </c>
       <c r="D762" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E762" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F762" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>3035</v>
+        <v>3027</v>
       </c>
       <c r="H762" t="s">
-        <v>3036</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>3037</v>
+        <v>3029</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>3038</v>
+        <v>3030</v>
       </c>
       <c r="D763" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E763" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F763" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>3039</v>
+        <v>3031</v>
       </c>
       <c r="H763" t="s">
-        <v>3040</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>3041</v>
+        <v>3033</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>3042</v>
+        <v>3034</v>
       </c>
       <c r="D764" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E764" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F764" t="s">
-        <v>227</v>
+        <v>51</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>3043</v>
+        <v>3035</v>
       </c>
       <c r="H764" t="s">
-        <v>3044</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>3045</v>
+        <v>3037</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>3046</v>
+        <v>3038</v>
       </c>
       <c r="D765" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E765" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F765" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>3047</v>
+        <v>3039</v>
       </c>
       <c r="H765" t="s">
-        <v>3048</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>3049</v>
+        <v>3041</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>3050</v>
+        <v>3042</v>
       </c>
       <c r="D766" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E766" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F766" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>3051</v>
+        <v>3043</v>
       </c>
       <c r="H766" t="s">
-        <v>3052</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>3053</v>
+        <v>3045</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>3054</v>
+        <v>3046</v>
       </c>
       <c r="D767" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E767" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F767" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>3055</v>
+        <v>3047</v>
       </c>
       <c r="H767" t="s">
-        <v>3056</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>3057</v>
+        <v>3049</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>3058</v>
+        <v>3050</v>
       </c>
       <c r="D768" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E768" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F768" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>3059</v>
+        <v>3051</v>
       </c>
       <c r="H768" t="s">
-        <v>3060</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>3061</v>
+        <v>3053</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>3062</v>
+        <v>3054</v>
       </c>
       <c r="D769" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E769" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F769" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>3063</v>
+        <v>3055</v>
       </c>
       <c r="H769" t="s">
-        <v>3064</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>3065</v>
+        <v>3057</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>3066</v>
+        <v>3058</v>
       </c>
       <c r="D770" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E770" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F770" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>3067</v>
+        <v>3059</v>
       </c>
       <c r="H770" t="s">
-        <v>3068</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>3069</v>
+        <v>3061</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>3070</v>
+        <v>3062</v>
       </c>
       <c r="D771" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E771" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F771" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>3071</v>
+        <v>3063</v>
       </c>
       <c r="H771" t="s">
-        <v>3072</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>3073</v>
+        <v>3065</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>3074</v>
+        <v>3066</v>
       </c>
       <c r="D772" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E772" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F772" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>3075</v>
+        <v>3067</v>
       </c>
       <c r="H772" t="s">
-        <v>3076</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>3077</v>
+        <v>3069</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>3078</v>
+        <v>3070</v>
       </c>
       <c r="D773" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E773" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F773" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>3079</v>
+        <v>3071</v>
       </c>
       <c r="H773" t="s">
-        <v>3080</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>3081</v>
+        <v>3073</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>3082</v>
+        <v>3074</v>
       </c>
       <c r="D774" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E774" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F774" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>3083</v>
+        <v>3075</v>
       </c>
       <c r="H774" t="s">
-        <v>3084</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>3085</v>
+        <v>3077</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>3086</v>
+        <v>3078</v>
       </c>
       <c r="D775" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E775" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F775" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>3087</v>
+        <v>3079</v>
       </c>
       <c r="H775" t="s">
-        <v>3088</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>3089</v>
+        <v>3081</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>3090</v>
+        <v>3082</v>
       </c>
       <c r="D776" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E776" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F776" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>3091</v>
+        <v>3083</v>
       </c>
       <c r="H776" t="s">
-        <v>3092</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>3093</v>
+        <v>3085</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>3094</v>
+        <v>3086</v>
       </c>
       <c r="D777" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E777" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F777" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>3095</v>
+        <v>3087</v>
       </c>
       <c r="H777" t="s">
-        <v>3096</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>3097</v>
+        <v>3089</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>3098</v>
+        <v>3090</v>
       </c>
       <c r="D778" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E778" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F778" t="s">
-        <v>111</v>
+        <v>165</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>3099</v>
+        <v>3091</v>
       </c>
       <c r="H778" t="s">
-        <v>3100</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>3101</v>
+        <v>3093</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>3102</v>
+        <v>3094</v>
       </c>
       <c r="D779" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E779" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F779" t="s">
-        <v>111</v>
+        <v>258</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>3103</v>
+        <v>3095</v>
       </c>
       <c r="H779" t="s">
-        <v>3104</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>3105</v>
+        <v>3097</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>3106</v>
+        <v>3098</v>
       </c>
       <c r="D780" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E780" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F780" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>3107</v>
+        <v>3099</v>
       </c>
       <c r="H780" t="s">
-        <v>3108</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>3109</v>
+        <v>3101</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>3110</v>
+        <v>3102</v>
       </c>
       <c r="D781" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E781" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F781" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>3111</v>
+        <v>3103</v>
       </c>
       <c r="H781" t="s">
-        <v>3112</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>3113</v>
+        <v>3105</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>3114</v>
+        <v>3106</v>
       </c>
       <c r="D782" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E782" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F782" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>3115</v>
+        <v>3107</v>
       </c>
       <c r="H782" t="s">
-        <v>3116</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>3117</v>
+        <v>3109</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>3118</v>
+        <v>3110</v>
       </c>
       <c r="D783" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E783" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F783" t="s">
-        <v>227</v>
+        <v>115</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>3119</v>
+        <v>3111</v>
       </c>
       <c r="H783" t="s">
-        <v>3120</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>3121</v>
+        <v>3113</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>3122</v>
+        <v>3114</v>
       </c>
       <c r="D784" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E784" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F784" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>3123</v>
+        <v>3115</v>
       </c>
       <c r="H784" t="s">
-        <v>3124</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>3125</v>
+        <v>3117</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>3126</v>
+        <v>3118</v>
       </c>
       <c r="D785" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E785" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F785" t="s">
-        <v>227</v>
+        <v>106</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>3127</v>
+        <v>3119</v>
       </c>
       <c r="H785" t="s">
-        <v>3128</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>3129</v>
+        <v>3121</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>3130</v>
+        <v>3122</v>
       </c>
       <c r="D786" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E786" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F786" t="s">
-        <v>227</v>
+        <v>115</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>3131</v>
+        <v>3123</v>
       </c>
       <c r="H786" t="s">
-        <v>3132</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>3133</v>
+        <v>3125</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>3134</v>
+        <v>3126</v>
       </c>
       <c r="D787" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E787" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F787" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>3135</v>
+        <v>3127</v>
       </c>
       <c r="H787" t="s">
-        <v>3136</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>3137</v>
+        <v>3129</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>3138</v>
+        <v>3130</v>
       </c>
       <c r="D788" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E788" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F788" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>3139</v>
+        <v>3131</v>
       </c>
       <c r="H788" t="s">
-        <v>3140</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>3141</v>
+        <v>3133</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>3142</v>
+        <v>3134</v>
       </c>
       <c r="D789" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E789" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F789" t="s">
-        <v>242</v>
+        <v>106</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>3143</v>
+        <v>3135</v>
       </c>
       <c r="H789" t="s">
-        <v>3144</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>3145</v>
+        <v>3137</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>3146</v>
+        <v>3138</v>
       </c>
       <c r="D790" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E790" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F790" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>3147</v>
+        <v>3139</v>
       </c>
       <c r="H790" t="s">
-        <v>3148</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>3149</v>
+        <v>3141</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>3150</v>
+        <v>3142</v>
       </c>
       <c r="D791" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E791" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F791" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>3151</v>
+        <v>3143</v>
       </c>
       <c r="H791" t="s">
-        <v>3152</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>3153</v>
+        <v>3145</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>3154</v>
+        <v>3146</v>
       </c>
       <c r="D792" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E792" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F792" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>3155</v>
+        <v>3147</v>
       </c>
       <c r="H792" t="s">
-        <v>3156</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>3157</v>
+        <v>3149</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>3158</v>
+        <v>3150</v>
       </c>
       <c r="D793" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E793" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F793" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>3159</v>
+        <v>3151</v>
       </c>
       <c r="H793" t="s">
-        <v>3160</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>3161</v>
+        <v>3153</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>3162</v>
+        <v>3154</v>
       </c>
       <c r="D794" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E794" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F794" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>3163</v>
+        <v>3155</v>
       </c>
       <c r="H794" t="s">
-        <v>3164</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>3165</v>
+        <v>3157</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>3166</v>
+        <v>3158</v>
       </c>
       <c r="D795" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E795" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F795" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>3167</v>
+        <v>3159</v>
       </c>
       <c r="H795" t="s">
-        <v>3168</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>3169</v>
+        <v>3161</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>3170</v>
+        <v>3162</v>
       </c>
       <c r="D796" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E796" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F796" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>3171</v>
+        <v>3163</v>
       </c>
       <c r="H796" t="s">
-        <v>3172</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>3173</v>
+        <v>3165</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>3174</v>
+        <v>3166</v>
       </c>
       <c r="D797" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E797" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F797" t="s">
-        <v>79</v>
+        <v>273</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>3175</v>
+        <v>3167</v>
       </c>
       <c r="H797" t="s">
-        <v>3176</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>3177</v>
+        <v>3169</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>3178</v>
+        <v>3170</v>
       </c>
       <c r="D798" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E798" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F798" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>3179</v>
+        <v>3171</v>
       </c>
       <c r="H798" t="s">
-        <v>3180</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>3181</v>
+        <v>3173</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>3182</v>
+        <v>3174</v>
       </c>
       <c r="D799" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E799" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F799" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>3183</v>
+        <v>3175</v>
       </c>
       <c r="H799" t="s">
-        <v>3184</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>3185</v>
+        <v>3177</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>3186</v>
+        <v>3178</v>
       </c>
       <c r="D800" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E800" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F800" t="s">
-        <v>79</v>
+        <v>273</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>3187</v>
+        <v>3179</v>
       </c>
       <c r="H800" t="s">
-        <v>3188</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>3189</v>
+        <v>3181</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>3190</v>
+        <v>3182</v>
       </c>
       <c r="D801" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E801" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F801" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>3191</v>
+        <v>3183</v>
       </c>
       <c r="H801" t="s">
-        <v>3192</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>3193</v>
+        <v>3185</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>3194</v>
+        <v>3186</v>
       </c>
       <c r="D802" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E802" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F802" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>3195</v>
+        <v>3187</v>
       </c>
       <c r="H802" t="s">
-        <v>3196</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>3197</v>
+        <v>3189</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>3198</v>
+        <v>3190</v>
       </c>
       <c r="D803" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E803" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F803" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>3199</v>
+        <v>3191</v>
       </c>
       <c r="H803" t="s">
-        <v>3200</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>3201</v>
+        <v>3193</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>3202</v>
+        <v>3194</v>
       </c>
       <c r="D804" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E804" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F804" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>3203</v>
+        <v>3195</v>
       </c>
       <c r="H804" t="s">
-        <v>3204</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>3205</v>
+        <v>3197</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>3206</v>
+        <v>3198</v>
       </c>
       <c r="D805" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E805" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F805" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>3207</v>
+        <v>3199</v>
       </c>
       <c r="H805" t="s">
-        <v>3208</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>3209</v>
+        <v>3201</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>3210</v>
+        <v>3202</v>
       </c>
       <c r="D806" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E806" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F806" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>3211</v>
+        <v>3203</v>
       </c>
       <c r="H806" t="s">
-        <v>3212</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>3213</v>
+        <v>3205</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>3214</v>
+        <v>3206</v>
       </c>
       <c r="D807" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E807" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F807" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>3215</v>
+        <v>3207</v>
       </c>
       <c r="H807" t="s">
-        <v>3216</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>3217</v>
+        <v>3209</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>3218</v>
+        <v>3210</v>
       </c>
       <c r="D808" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E808" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F808" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>3219</v>
+        <v>3211</v>
       </c>
       <c r="H808" t="s">
-        <v>3220</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>3221</v>
+        <v>3213</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>3222</v>
+        <v>3214</v>
       </c>
       <c r="D809" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E809" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F809" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>3223</v>
+        <v>3215</v>
       </c>
       <c r="H809" t="s">
-        <v>3224</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>3225</v>
+        <v>3217</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>3226</v>
+        <v>3218</v>
       </c>
       <c r="D810" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E810" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F810" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>3227</v>
+        <v>3219</v>
       </c>
       <c r="H810" t="s">
-        <v>3228</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>3229</v>
+        <v>3221</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>3230</v>
+        <v>3222</v>
       </c>
       <c r="D811" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E811" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F811" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>3231</v>
+        <v>3223</v>
       </c>
       <c r="H811" t="s">
-        <v>3232</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>3233</v>
+        <v>3225</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>3234</v>
+        <v>3226</v>
       </c>
       <c r="D812" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E812" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F812" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>3235</v>
+        <v>3227</v>
       </c>
       <c r="H812" t="s">
-        <v>3236</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>3237</v>
+        <v>3229</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>3238</v>
+        <v>3230</v>
       </c>
       <c r="D813" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E813" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F813" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>3239</v>
+        <v>3231</v>
       </c>
       <c r="H813" t="s">
-        <v>3240</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>3241</v>
+        <v>3233</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>3242</v>
+        <v>3234</v>
       </c>
       <c r="D814" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E814" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F814" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>3243</v>
+        <v>3235</v>
       </c>
       <c r="H814" t="s">
-        <v>3244</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>3245</v>
+        <v>3237</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>3246</v>
+        <v>3238</v>
       </c>
       <c r="D815" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E815" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F815" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3247</v>
+        <v>3239</v>
       </c>
       <c r="H815" t="s">
-        <v>3248</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3249</v>
+        <v>3241</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>3250</v>
+        <v>3242</v>
       </c>
       <c r="D816" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E816" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F816" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3251</v>
+        <v>3243</v>
       </c>
       <c r="H816" t="s">
-        <v>3252</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>3253</v>
+        <v>3245</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>3254</v>
+        <v>3246</v>
       </c>
       <c r="D817" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E817" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F817" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3255</v>
+        <v>3247</v>
       </c>
       <c r="H817" t="s">
-        <v>3256</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3257</v>
+        <v>3249</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>3258</v>
+        <v>3250</v>
       </c>
       <c r="D818" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E818" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F818" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>3259</v>
+        <v>3251</v>
       </c>
       <c r="H818" t="s">
-        <v>3260</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3261</v>
+        <v>3253</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>3262</v>
+        <v>3254</v>
       </c>
       <c r="D819" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E819" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F819" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3263</v>
+        <v>3255</v>
       </c>
       <c r="H819" t="s">
-        <v>3264</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3265</v>
+        <v>3257</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>3266</v>
+        <v>3258</v>
       </c>
       <c r="D820" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E820" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F820" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3267</v>
+        <v>3259</v>
       </c>
       <c r="H820" t="s">
-        <v>3268</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3269</v>
+        <v>3261</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>3270</v>
+        <v>3262</v>
       </c>
       <c r="D821" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E821" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F821" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3271</v>
+        <v>3263</v>
       </c>
       <c r="H821" t="s">
-        <v>3272</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3273</v>
+        <v>3265</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>3274</v>
+        <v>3266</v>
       </c>
       <c r="D822" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E822" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F822" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3275</v>
+        <v>3267</v>
       </c>
       <c r="H822" t="s">
-        <v>3276</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3277</v>
+        <v>3269</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>3278</v>
+        <v>3270</v>
       </c>
       <c r="D823" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E823" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F823" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>3279</v>
+        <v>3271</v>
       </c>
       <c r="H823" t="s">
-        <v>3280</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3281</v>
+        <v>3273</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>3282</v>
+        <v>3274</v>
       </c>
       <c r="D824" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E824" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F824" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>3283</v>
+        <v>3275</v>
       </c>
       <c r="H824" t="s">
-        <v>3284</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3285</v>
+        <v>3277</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>3286</v>
+        <v>3278</v>
       </c>
       <c r="D825" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E825" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F825" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3287</v>
+        <v>3279</v>
       </c>
       <c r="H825" t="s">
-        <v>3288</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3289</v>
+        <v>3281</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>3290</v>
+        <v>3282</v>
       </c>
       <c r="D826" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E826" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F826" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3291</v>
+        <v>3283</v>
       </c>
       <c r="H826" t="s">
-        <v>3292</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3293</v>
+        <v>3285</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>3294</v>
+        <v>3286</v>
       </c>
       <c r="D827" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E827" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F827" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3295</v>
+        <v>3287</v>
       </c>
       <c r="H827" t="s">
-        <v>3296</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3297</v>
+        <v>3289</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>3298</v>
+        <v>3290</v>
       </c>
       <c r="D828" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E828" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F828" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3299</v>
+        <v>3291</v>
       </c>
       <c r="H828" t="s">
-        <v>3300</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3301</v>
+        <v>3293</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>3302</v>
+        <v>3294</v>
       </c>
       <c r="D829" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E829" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F829" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3303</v>
+        <v>3295</v>
       </c>
       <c r="H829" t="s">
-        <v>3304</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3305</v>
+        <v>3297</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>3306</v>
+        <v>3298</v>
       </c>
       <c r="D830" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E830" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F830" t="s">
-        <v>227</v>
+        <v>58</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>3307</v>
+        <v>3299</v>
       </c>
       <c r="H830" t="s">
-        <v>3308</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3309</v>
+        <v>3301</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>3310</v>
+        <v>3302</v>
       </c>
       <c r="D831" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E831" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F831" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>3311</v>
+        <v>3303</v>
       </c>
       <c r="H831" t="s">
-        <v>3312</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3313</v>
+        <v>3305</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>3314</v>
+        <v>3306</v>
       </c>
       <c r="D832" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E832" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F832" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3315</v>
+        <v>3307</v>
       </c>
       <c r="H832" t="s">
-        <v>3316</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>3317</v>
+        <v>3309</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>3318</v>
+        <v>3310</v>
       </c>
       <c r="D833" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E833" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F833" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3319</v>
+        <v>3311</v>
       </c>
       <c r="H833" t="s">
-        <v>3320</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3321</v>
+        <v>3313</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>3322</v>
+        <v>3314</v>
       </c>
       <c r="D834" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E834" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F834" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>3323</v>
+        <v>3315</v>
       </c>
       <c r="H834" t="s">
-        <v>3324</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3325</v>
+        <v>3317</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>3326</v>
+        <v>3318</v>
       </c>
       <c r="D835" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E835" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F835" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3327</v>
+        <v>3319</v>
       </c>
       <c r="H835" t="s">
-        <v>3328</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3329</v>
+        <v>3321</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>3330</v>
+        <v>3322</v>
       </c>
       <c r="D836" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E836" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F836" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>3331</v>
+        <v>3323</v>
       </c>
       <c r="H836" t="s">
-        <v>3332</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>3333</v>
+        <v>3325</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>3334</v>
+        <v>3326</v>
       </c>
       <c r="D837" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E837" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F837" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3335</v>
+        <v>3327</v>
       </c>
       <c r="H837" t="s">
-        <v>3336</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>3337</v>
+        <v>3329</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>3338</v>
+        <v>3330</v>
       </c>
       <c r="D838" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E838" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F838" t="s">
-        <v>84</v>
+        <v>258</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3339</v>
+        <v>3331</v>
       </c>
       <c r="H838" t="s">
-        <v>3340</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3341</v>
+        <v>3333</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>3342</v>
+        <v>3334</v>
       </c>
       <c r="D839" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E839" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F839" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3343</v>
+        <v>3335</v>
       </c>
       <c r="H839" t="s">
-        <v>3344</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3345</v>
+        <v>3337</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>3346</v>
+        <v>3338</v>
       </c>
       <c r="D840" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E840" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F840" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3347</v>
+        <v>3339</v>
       </c>
       <c r="H840" t="s">
-        <v>3348</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3349</v>
+        <v>3341</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>3350</v>
+        <v>3342</v>
       </c>
       <c r="D841" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E841" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F841" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3351</v>
+        <v>3343</v>
       </c>
       <c r="H841" t="s">
-        <v>3352</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3353</v>
+        <v>3345</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>3354</v>
+        <v>3346</v>
       </c>
       <c r="D842" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E842" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F842" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3355</v>
+        <v>3347</v>
       </c>
       <c r="H842" t="s">
-        <v>3356</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3357</v>
+        <v>3349</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>3358</v>
+        <v>3350</v>
       </c>
       <c r="D843" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E843" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F843" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3359</v>
+        <v>3351</v>
       </c>
       <c r="H843" t="s">
-        <v>3360</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>3361</v>
+        <v>3353</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>3362</v>
+        <v>3354</v>
       </c>
       <c r="D844" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E844" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F844" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>3363</v>
+        <v>3355</v>
       </c>
       <c r="H844" t="s">
-        <v>3364</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>3365</v>
+        <v>3357</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>3366</v>
+        <v>3358</v>
       </c>
       <c r="D845" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E845" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F845" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>3367</v>
+        <v>3359</v>
       </c>
       <c r="H845" t="s">
-        <v>3368</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>3369</v>
+        <v>3361</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>3370</v>
+        <v>3362</v>
       </c>
       <c r="D846" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E846" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F846" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>3371</v>
+        <v>3363</v>
       </c>
       <c r="H846" t="s">
-        <v>3372</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>3373</v>
+        <v>3365</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>3374</v>
+        <v>3366</v>
       </c>
       <c r="D847" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E847" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F847" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>3375</v>
+        <v>3367</v>
       </c>
       <c r="H847" t="s">
-        <v>3376</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>3377</v>
+        <v>3369</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>3378</v>
+        <v>3370</v>
       </c>
       <c r="D848" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E848" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F848" t="s">
-        <v>2127</v>
+        <v>83</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>3379</v>
+        <v>3371</v>
       </c>
       <c r="H848" t="s">
-        <v>3380</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>3381</v>
+        <v>3373</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>3382</v>
+        <v>3374</v>
       </c>
       <c r="D849" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E849" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F849" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>3383</v>
+        <v>3375</v>
       </c>
       <c r="H849" t="s">
-        <v>3384</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>3385</v>
+        <v>3377</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>3386</v>
+        <v>3378</v>
       </c>
       <c r="D850" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E850" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F850" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>3387</v>
+        <v>3379</v>
       </c>
       <c r="H850" t="s">
-        <v>3388</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>3389</v>
+        <v>3381</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>3390</v>
+        <v>3382</v>
       </c>
       <c r="D851" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E851" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F851" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>3391</v>
+        <v>3383</v>
       </c>
       <c r="H851" t="s">
-        <v>3392</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>3393</v>
+        <v>3385</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>3394</v>
+        <v>3386</v>
       </c>
       <c r="D852" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E852" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F852" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>3395</v>
+        <v>3387</v>
       </c>
       <c r="H852" t="s">
-        <v>3396</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>3397</v>
+        <v>3389</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>3398</v>
+        <v>3390</v>
       </c>
       <c r="D853" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E853" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F853" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>3399</v>
+        <v>3391</v>
       </c>
       <c r="H853" t="s">
-        <v>3400</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3401</v>
+        <v>3393</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>3402</v>
+        <v>3394</v>
       </c>
       <c r="D854" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E854" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F854" t="s">
-        <v>2127</v>
+        <v>88</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>3403</v>
+        <v>3395</v>
       </c>
       <c r="H854" t="s">
-        <v>3404</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>3405</v>
+        <v>3397</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>3406</v>
+        <v>3398</v>
       </c>
       <c r="D855" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E855" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F855" t="s">
-        <v>2127</v>
+        <v>88</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>3407</v>
+        <v>3399</v>
       </c>
       <c r="H855" t="s">
-        <v>3408</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3409</v>
+        <v>3401</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>3410</v>
+        <v>3402</v>
       </c>
       <c r="D856" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E856" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F856" t="s">
-        <v>102</v>
+        <v>2151</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>3411</v>
+        <v>3403</v>
       </c>
       <c r="H856" t="s">
-        <v>3412</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3413</v>
+        <v>3405</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>3414</v>
+        <v>3406</v>
       </c>
       <c r="D857" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E857" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F857" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>3415</v>
+        <v>3407</v>
       </c>
       <c r="H857" t="s">
-        <v>3416</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>3417</v>
+        <v>3409</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>3418</v>
+        <v>3410</v>
       </c>
       <c r="D858" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E858" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F858" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>3419</v>
+        <v>3411</v>
       </c>
       <c r="H858" t="s">
-        <v>3420</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3421</v>
+        <v>3413</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>3422</v>
+        <v>3414</v>
       </c>
       <c r="D859" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E859" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F859" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>3423</v>
+        <v>3415</v>
       </c>
       <c r="H859" t="s">
-        <v>3424</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3425</v>
+        <v>3417</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>3426</v>
+        <v>3418</v>
       </c>
       <c r="D860" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E860" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F860" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>3427</v>
+        <v>3419</v>
       </c>
       <c r="H860" t="s">
-        <v>3428</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3429</v>
+        <v>3421</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>3430</v>
+        <v>3422</v>
       </c>
       <c r="D861" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E861" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F861" t="s">
-        <v>162</v>
+        <v>106</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>3431</v>
+        <v>3423</v>
       </c>
       <c r="H861" t="s">
-        <v>3432</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>3433</v>
+        <v>3425</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>3434</v>
+        <v>3426</v>
       </c>
       <c r="D862" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E862" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F862" t="s">
-        <v>84</v>
+        <v>2151</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>3435</v>
+        <v>3427</v>
       </c>
       <c r="H862" t="s">
-        <v>3436</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>3437</v>
+        <v>3429</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>3438</v>
+        <v>3430</v>
       </c>
       <c r="D863" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E863" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F863" t="s">
-        <v>102</v>
+        <v>2151</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>3439</v>
+        <v>3431</v>
       </c>
       <c r="H863" t="s">
-        <v>3440</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>3441</v>
+        <v>3433</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>3442</v>
+        <v>3434</v>
       </c>
       <c r="D864" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E864" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F864" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>3443</v>
+        <v>3435</v>
       </c>
       <c r="H864" t="s">
-        <v>3444</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>3445</v>
+        <v>3437</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>3446</v>
+        <v>3438</v>
       </c>
       <c r="D865" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="E865" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="F865" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>3447</v>
+        <v>3439</v>
       </c>
       <c r="H865" t="s">
-        <v>3448</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>3449</v>
+        <v>3441</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>10</v>
+        <v>3442</v>
       </c>
       <c r="D866" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E866" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F866" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>3452</v>
+        <v>3443</v>
       </c>
       <c r="H866" t="s">
-        <v>3453</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>3454</v>
+        <v>3445</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>35</v>
+        <v>3446</v>
       </c>
       <c r="D867" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E867" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F867" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>3455</v>
+        <v>3447</v>
       </c>
       <c r="H867" t="s">
-        <v>3456</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>3457</v>
+        <v>3449</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>61</v>
+        <v>3450</v>
       </c>
       <c r="D868" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E868" t="s">
+        <v>272</v>
+      </c>
+      <c r="F868" t="s">
+        <v>83</v>
+      </c>
+      <c r="G868" s="1" t="s">
         <v>3451</v>
       </c>
-      <c r="F868" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H868" t="s">
-        <v>3459</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>3460</v>
+        <v>3453</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>65</v>
+        <v>3454</v>
       </c>
       <c r="D869" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E869" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F869" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>3461</v>
+        <v>3455</v>
       </c>
       <c r="H869" t="s">
-        <v>3462</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3463</v>
+        <v>3457</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>69</v>
+        <v>3458</v>
       </c>
       <c r="D870" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E870" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F870" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>3464</v>
+        <v>3459</v>
       </c>
       <c r="H870" t="s">
-        <v>3465</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3466</v>
+        <v>3461</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>74</v>
+        <v>3462</v>
       </c>
       <c r="D871" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E871" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F871" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>3467</v>
+        <v>3463</v>
       </c>
       <c r="H871" t="s">
-        <v>3468</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3469</v>
+        <v>3465</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>78</v>
+        <v>3466</v>
       </c>
       <c r="D872" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E872" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F872" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>3470</v>
+        <v>3467</v>
       </c>
       <c r="H872" t="s">
-        <v>3471</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D873" t="s">
+        <v>271</v>
+      </c>
+      <c r="E873" t="s">
+        <v>272</v>
+      </c>
+      <c r="F873" t="s">
+        <v>106</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>3471</v>
+      </c>
+      <c r="H873" t="s">
         <v>3472</v>
-      </c>
-[...19 lines deleted...]
-        <v>3474</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D874" t="s">
+        <v>271</v>
+      </c>
+      <c r="E874" t="s">
+        <v>272</v>
+      </c>
+      <c r="F874" t="s">
+        <v>88</v>
+      </c>
+      <c r="G874" s="1" t="s">
         <v>3475</v>
       </c>
-      <c r="B874" t="s">
-[...14 lines deleted...]
-      <c r="G874" s="1" t="s">
+      <c r="H874" t="s">
         <v>3476</v>
-      </c>
-[...1 lines deleted...]
-        <v>3477</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
+        <v>3477</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
         <v>3478</v>
       </c>
-      <c r="B875" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D875" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E875" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F875" t="s">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="G875" s="1" t="s">
         <v>3479</v>
       </c>
       <c r="H875" t="s">
         <v>3480</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>3481</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>96</v>
+        <v>3482</v>
       </c>
       <c r="D876" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E876" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F876" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>3482</v>
+        <v>3483</v>
       </c>
       <c r="H876" t="s">
-        <v>3483</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>3484</v>
+        <v>3485</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>101</v>
+        <v>3486</v>
       </c>
       <c r="D877" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E877" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F877" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>3485</v>
+        <v>3487</v>
       </c>
       <c r="H877" t="s">
-        <v>3486</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3487</v>
+        <v>3489</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>106</v>
+        <v>3490</v>
       </c>
       <c r="D878" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E878" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F878" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>3488</v>
+        <v>3491</v>
       </c>
       <c r="H878" t="s">
-        <v>3489</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>110</v>
+        <v>3494</v>
       </c>
       <c r="D879" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E879" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F879" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
       <c r="H879" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>115</v>
+        <v>3498</v>
       </c>
       <c r="D880" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E880" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F880" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>3494</v>
+        <v>3499</v>
       </c>
       <c r="H880" t="s">
-        <v>3495</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>3496</v>
+        <v>3501</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>120</v>
+        <v>3502</v>
       </c>
       <c r="D881" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E881" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F881" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>3497</v>
+        <v>3503</v>
       </c>
       <c r="H881" t="s">
-        <v>3498</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>3499</v>
+        <v>3505</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>124</v>
+        <v>3506</v>
       </c>
       <c r="D882" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E882" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F882" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>3500</v>
+        <v>3507</v>
       </c>
       <c r="H882" t="s">
-        <v>3501</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>3502</v>
+        <v>3509</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>128</v>
+        <v>3510</v>
       </c>
       <c r="D883" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E883" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F883" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>3503</v>
+        <v>3511</v>
       </c>
       <c r="H883" t="s">
-        <v>3504</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>3505</v>
+        <v>3513</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>132</v>
+        <v>3514</v>
       </c>
       <c r="D884" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E884" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F884" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>3506</v>
+        <v>3515</v>
       </c>
       <c r="H884" t="s">
-        <v>3507</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3508</v>
+        <v>3517</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>136</v>
+        <v>3518</v>
       </c>
       <c r="D885" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E885" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F885" t="s">
-        <v>102</v>
+        <v>273</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>3509</v>
+        <v>3519</v>
       </c>
       <c r="H885" t="s">
-        <v>3510</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>3511</v>
+        <v>3521</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>140</v>
+        <v>3522</v>
       </c>
       <c r="D886" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E886" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F886" t="s">
-        <v>2127</v>
+        <v>273</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>3512</v>
+        <v>3523</v>
       </c>
       <c r="H886" t="s">
-        <v>3513</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3514</v>
+        <v>3525</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>145</v>
+        <v>3526</v>
       </c>
       <c r="D887" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E887" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F887" t="s">
-        <v>2127</v>
+        <v>273</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>3515</v>
+        <v>3527</v>
       </c>
       <c r="H887" t="s">
-        <v>3516</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3517</v>
+        <v>3529</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>149</v>
+        <v>3530</v>
       </c>
       <c r="D888" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E888" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F888" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>3518</v>
+        <v>3531</v>
       </c>
       <c r="H888" t="s">
-        <v>3519</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>3520</v>
+        <v>3533</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>153</v>
+        <v>3534</v>
       </c>
       <c r="D889" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E889" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F889" t="s">
-        <v>79</v>
+        <v>273</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>3521</v>
+        <v>3535</v>
       </c>
       <c r="H889" t="s">
-        <v>3522</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3523</v>
+        <v>3537</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>157</v>
+        <v>3538</v>
       </c>
       <c r="D890" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E890" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F890" t="s">
-        <v>227</v>
+        <v>88</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>3524</v>
+        <v>3539</v>
       </c>
       <c r="H890" t="s">
-        <v>3525</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3526</v>
+        <v>3541</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>161</v>
+        <v>3542</v>
       </c>
       <c r="D891" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E891" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F891" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>3527</v>
+        <v>3543</v>
       </c>
       <c r="H891" t="s">
-        <v>3528</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3529</v>
+        <v>3545</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>166</v>
+        <v>3546</v>
       </c>
       <c r="D892" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E892" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F892" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>3530</v>
+        <v>3547</v>
       </c>
       <c r="H892" t="s">
-        <v>3531</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3532</v>
+        <v>3549</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>170</v>
+        <v>3550</v>
       </c>
       <c r="D893" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E893" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F893" t="s">
-        <v>41</v>
+        <v>165</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>3533</v>
+        <v>3551</v>
       </c>
       <c r="H893" t="s">
-        <v>3534</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3535</v>
+        <v>3553</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>174</v>
+        <v>3554</v>
       </c>
       <c r="D894" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E894" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F894" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>3536</v>
+        <v>3555</v>
       </c>
       <c r="H894" t="s">
-        <v>3537</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3538</v>
+        <v>3557</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>178</v>
+        <v>3558</v>
       </c>
       <c r="D895" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E895" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F895" t="s">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>3539</v>
+        <v>3559</v>
       </c>
       <c r="H895" t="s">
-        <v>3540</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>3541</v>
+        <v>3561</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>182</v>
+        <v>3562</v>
       </c>
       <c r="D896" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E896" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F896" t="s">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="G896" s="1" t="s">
-        <v>3542</v>
+        <v>3563</v>
       </c>
       <c r="H896" t="s">
-        <v>3543</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>3544</v>
+        <v>3565</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>186</v>
+        <v>3566</v>
       </c>
       <c r="D897" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E897" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F897" t="s">
-        <v>41</v>
+        <v>2151</v>
       </c>
       <c r="G897" s="1" t="s">
-        <v>3545</v>
+        <v>3567</v>
       </c>
       <c r="H897" t="s">
-        <v>3546</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>3547</v>
+        <v>3569</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>190</v>
+        <v>3570</v>
       </c>
       <c r="D898" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E898" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F898" t="s">
-        <v>41</v>
+        <v>2151</v>
       </c>
       <c r="G898" s="1" t="s">
-        <v>3548</v>
+        <v>3571</v>
       </c>
       <c r="H898" t="s">
-        <v>3549</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3550</v>
+        <v>3573</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>194</v>
+        <v>3574</v>
       </c>
       <c r="D899" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E899" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F899" t="s">
-        <v>41</v>
+        <v>2151</v>
       </c>
       <c r="G899" s="1" t="s">
-        <v>3551</v>
+        <v>3575</v>
       </c>
       <c r="H899" t="s">
-        <v>3552</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3553</v>
+        <v>3577</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>198</v>
+        <v>3578</v>
       </c>
       <c r="D900" t="s">
-        <v>3450</v>
+        <v>271</v>
       </c>
       <c r="E900" t="s">
-        <v>3451</v>
+        <v>272</v>
       </c>
       <c r="F900" t="s">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>3554</v>
+        <v>3579</v>
       </c>
       <c r="H900" t="s">
-        <v>3555</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3556</v>
+        <v>3581</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>10</v>
+        <v>3582</v>
       </c>
       <c r="D901" t="s">
-        <v>3557</v>
+        <v>271</v>
       </c>
       <c r="E901" t="s">
-        <v>3558</v>
+        <v>272</v>
       </c>
       <c r="F901" t="s">
-        <v>141</v>
+        <v>74</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>3559</v>
+        <v>3583</v>
       </c>
       <c r="H901" t="s">
-        <v>3560</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3561</v>
+        <v>3585</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>27</v>
+        <v>3586</v>
       </c>
       <c r="D902" t="s">
-        <v>3557</v>
+        <v>271</v>
       </c>
       <c r="E902" t="s">
-        <v>3558</v>
+        <v>272</v>
       </c>
       <c r="F902" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>3562</v>
+        <v>3587</v>
       </c>
       <c r="H902" t="s">
-        <v>3563</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3564</v>
+        <v>3589</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>31</v>
+        <v>3590</v>
       </c>
       <c r="D903" t="s">
-        <v>3557</v>
+        <v>271</v>
       </c>
       <c r="E903" t="s">
-        <v>3558</v>
+        <v>272</v>
       </c>
       <c r="F903" t="s">
-        <v>141</v>
+        <v>88</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>3565</v>
+        <v>3591</v>
       </c>
       <c r="H903" t="s">
-        <v>3566</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3567</v>
+        <v>3593</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D904" t="s">
+        <v>271</v>
+      </c>
+      <c r="E904" t="s">
+        <v>272</v>
+      </c>
+      <c r="F904" t="s">
+        <v>58</v>
+      </c>
+      <c r="G904" s="1" t="s">
+        <v>3595</v>
+      </c>
+      <c r="H904" t="s">
+        <v>3596</v>
+      </c>
+    </row>
+    <row r="905" spans="1:8">
+      <c r="A905" t="s">
+        <v>3597</v>
+      </c>
+      <c r="B905" t="s">
+        <v>9</v>
+      </c>
+      <c r="C905" t="s">
+        <v>3598</v>
+      </c>
+      <c r="D905" t="s">
+        <v>271</v>
+      </c>
+      <c r="E905" t="s">
+        <v>272</v>
+      </c>
+      <c r="F905" t="s">
+        <v>258</v>
+      </c>
+      <c r="G905" s="1" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H905" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="906" spans="1:8">
+      <c r="A906" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B906" t="s">
+        <v>9</v>
+      </c>
+      <c r="C906" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D906" t="s">
+        <v>271</v>
+      </c>
+      <c r="E906" t="s">
+        <v>272</v>
+      </c>
+      <c r="F906" t="s">
+        <v>88</v>
+      </c>
+      <c r="G906" s="1" t="s">
+        <v>3603</v>
+      </c>
+      <c r="H906" t="s">
+        <v>3604</v>
+      </c>
+    </row>
+    <row r="907" spans="1:8">
+      <c r="A907" t="s">
+        <v>3605</v>
+      </c>
+      <c r="B907" t="s">
+        <v>9</v>
+      </c>
+      <c r="C907" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D907" t="s">
+        <v>271</v>
+      </c>
+      <c r="E907" t="s">
+        <v>272</v>
+      </c>
+      <c r="F907" t="s">
+        <v>88</v>
+      </c>
+      <c r="G907" s="1" t="s">
+        <v>3607</v>
+      </c>
+      <c r="H907" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="908" spans="1:8">
+      <c r="A908" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B908" t="s">
+        <v>9</v>
+      </c>
+      <c r="C908" t="s">
+        <v>3610</v>
+      </c>
+      <c r="D908" t="s">
+        <v>271</v>
+      </c>
+      <c r="E908" t="s">
+        <v>272</v>
+      </c>
+      <c r="F908" t="s">
+        <v>88</v>
+      </c>
+      <c r="G908" s="1" t="s">
+        <v>3611</v>
+      </c>
+      <c r="H908" t="s">
+        <v>3612</v>
+      </c>
+    </row>
+    <row r="909" spans="1:8">
+      <c r="A909" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B909" t="s">
+        <v>9</v>
+      </c>
+      <c r="C909" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D909" t="s">
+        <v>271</v>
+      </c>
+      <c r="E909" t="s">
+        <v>272</v>
+      </c>
+      <c r="F909" t="s">
+        <v>88</v>
+      </c>
+      <c r="G909" s="1" t="s">
+        <v>3615</v>
+      </c>
+      <c r="H909" t="s">
+        <v>3616</v>
+      </c>
+    </row>
+    <row r="910" spans="1:8">
+      <c r="A910" t="s">
+        <v>3617</v>
+      </c>
+      <c r="B910" t="s">
+        <v>9</v>
+      </c>
+      <c r="C910" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D910" t="s">
+        <v>271</v>
+      </c>
+      <c r="E910" t="s">
+        <v>272</v>
+      </c>
+      <c r="F910" t="s">
+        <v>88</v>
+      </c>
+      <c r="G910" s="1" t="s">
+        <v>3619</v>
+      </c>
+      <c r="H910" t="s">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="911" spans="1:8">
+      <c r="A911" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B911" t="s">
+        <v>9</v>
+      </c>
+      <c r="C911" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D911" t="s">
+        <v>271</v>
+      </c>
+      <c r="E911" t="s">
+        <v>272</v>
+      </c>
+      <c r="F911" t="s">
+        <v>88</v>
+      </c>
+      <c r="G911" s="1" t="s">
+        <v>3623</v>
+      </c>
+      <c r="H911" t="s">
+        <v>3624</v>
+      </c>
+    </row>
+    <row r="912" spans="1:8">
+      <c r="A912" t="s">
+        <v>3625</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>3626</v>
+      </c>
+      <c r="D912" t="s">
+        <v>271</v>
+      </c>
+      <c r="E912" t="s">
+        <v>272</v>
+      </c>
+      <c r="F912" t="s">
+        <v>88</v>
+      </c>
+      <c r="G912" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="H912" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="913" spans="1:8">
+      <c r="A913" t="s">
+        <v>3629</v>
+      </c>
+      <c r="B913" t="s">
+        <v>9</v>
+      </c>
+      <c r="C913" t="s">
+        <v>3630</v>
+      </c>
+      <c r="D913" t="s">
+        <v>271</v>
+      </c>
+      <c r="E913" t="s">
+        <v>272</v>
+      </c>
+      <c r="F913" t="s">
+        <v>88</v>
+      </c>
+      <c r="G913" s="1" t="s">
+        <v>3631</v>
+      </c>
+      <c r="H913" t="s">
+        <v>3632</v>
+      </c>
+    </row>
+    <row r="914" spans="1:8">
+      <c r="A914" t="s">
+        <v>3633</v>
+      </c>
+      <c r="B914" t="s">
+        <v>9</v>
+      </c>
+      <c r="C914" t="s">
+        <v>3634</v>
+      </c>
+      <c r="D914" t="s">
+        <v>271</v>
+      </c>
+      <c r="E914" t="s">
+        <v>272</v>
+      </c>
+      <c r="F914" t="s">
+        <v>258</v>
+      </c>
+      <c r="G914" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="H914" t="s">
+        <v>3636</v>
+      </c>
+    </row>
+    <row r="915" spans="1:8">
+      <c r="A915" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B915" t="s">
+        <v>9</v>
+      </c>
+      <c r="C915" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D915" t="s">
+        <v>271</v>
+      </c>
+      <c r="E915" t="s">
+        <v>272</v>
+      </c>
+      <c r="F915" t="s">
+        <v>58</v>
+      </c>
+      <c r="G915" s="1" t="s">
+        <v>3639</v>
+      </c>
+      <c r="H915" t="s">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="916" spans="1:8">
+      <c r="A916" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B916" t="s">
+        <v>9</v>
+      </c>
+      <c r="C916" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D916" t="s">
+        <v>271</v>
+      </c>
+      <c r="E916" t="s">
+        <v>272</v>
+      </c>
+      <c r="F916" t="s">
+        <v>88</v>
+      </c>
+      <c r="G916" s="1" t="s">
+        <v>3643</v>
+      </c>
+      <c r="H916" t="s">
+        <v>3644</v>
+      </c>
+    </row>
+    <row r="917" spans="1:8">
+      <c r="A917" t="s">
+        <v>3645</v>
+      </c>
+      <c r="B917" t="s">
+        <v>9</v>
+      </c>
+      <c r="C917" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D917" t="s">
+        <v>271</v>
+      </c>
+      <c r="E917" t="s">
+        <v>272</v>
+      </c>
+      <c r="F917" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G917" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="H917" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="918" spans="1:8">
+      <c r="A918" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B918" t="s">
+        <v>9</v>
+      </c>
+      <c r="C918" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D918" t="s">
+        <v>271</v>
+      </c>
+      <c r="E918" t="s">
+        <v>272</v>
+      </c>
+      <c r="F918" t="s">
+        <v>88</v>
+      </c>
+      <c r="G918" s="1" t="s">
+        <v>3651</v>
+      </c>
+      <c r="H918" t="s">
+        <v>3652</v>
+      </c>
+    </row>
+    <row r="919" spans="1:8">
+      <c r="A919" t="s">
+        <v>3653</v>
+      </c>
+      <c r="B919" t="s">
+        <v>9</v>
+      </c>
+      <c r="C919" t="s">
+        <v>3654</v>
+      </c>
+      <c r="D919" t="s">
+        <v>271</v>
+      </c>
+      <c r="E919" t="s">
+        <v>272</v>
+      </c>
+      <c r="F919" t="s">
+        <v>262</v>
+      </c>
+      <c r="G919" s="1" t="s">
+        <v>3655</v>
+      </c>
+      <c r="H919" t="s">
+        <v>3656</v>
+      </c>
+    </row>
+    <row r="920" spans="1:8">
+      <c r="A920" t="s">
+        <v>3657</v>
+      </c>
+      <c r="B920" t="s">
+        <v>9</v>
+      </c>
+      <c r="C920" t="s">
+        <v>3658</v>
+      </c>
+      <c r="D920" t="s">
+        <v>271</v>
+      </c>
+      <c r="E920" t="s">
+        <v>272</v>
+      </c>
+      <c r="F920" t="s">
+        <v>88</v>
+      </c>
+      <c r="G920" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="H920" t="s">
+        <v>3660</v>
+      </c>
+    </row>
+    <row r="921" spans="1:8">
+      <c r="A921" t="s">
+        <v>3661</v>
+      </c>
+      <c r="B921" t="s">
+        <v>9</v>
+      </c>
+      <c r="C921" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D921" t="s">
+        <v>271</v>
+      </c>
+      <c r="E921" t="s">
+        <v>272</v>
+      </c>
+      <c r="F921" t="s">
+        <v>258</v>
+      </c>
+      <c r="G921" s="1" t="s">
+        <v>3663</v>
+      </c>
+      <c r="H921" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="922" spans="1:8">
+      <c r="A922" t="s">
+        <v>3665</v>
+      </c>
+      <c r="B922" t="s">
+        <v>9</v>
+      </c>
+      <c r="C922" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D922" t="s">
+        <v>271</v>
+      </c>
+      <c r="E922" t="s">
+        <v>272</v>
+      </c>
+      <c r="F922" t="s">
+        <v>88</v>
+      </c>
+      <c r="G922" s="1" t="s">
+        <v>3667</v>
+      </c>
+      <c r="H922" t="s">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="923" spans="1:8">
+      <c r="A923" t="s">
+        <v>3669</v>
+      </c>
+      <c r="B923" t="s">
+        <v>9</v>
+      </c>
+      <c r="C923" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D923" t="s">
+        <v>271</v>
+      </c>
+      <c r="E923" t="s">
+        <v>272</v>
+      </c>
+      <c r="F923" t="s">
+        <v>88</v>
+      </c>
+      <c r="G923" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="H923" t="s">
+        <v>3672</v>
+      </c>
+    </row>
+    <row r="924" spans="1:8">
+      <c r="A924" t="s">
+        <v>3673</v>
+      </c>
+      <c r="B924" t="s">
+        <v>9</v>
+      </c>
+      <c r="C924" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D924" t="s">
+        <v>271</v>
+      </c>
+      <c r="E924" t="s">
+        <v>272</v>
+      </c>
+      <c r="F924" t="s">
+        <v>88</v>
+      </c>
+      <c r="G924" s="1" t="s">
+        <v>3675</v>
+      </c>
+      <c r="H924" t="s">
+        <v>3676</v>
+      </c>
+    </row>
+    <row r="925" spans="1:8">
+      <c r="A925" t="s">
+        <v>3677</v>
+      </c>
+      <c r="B925" t="s">
+        <v>9</v>
+      </c>
+      <c r="C925" t="s">
+        <v>3678</v>
+      </c>
+      <c r="D925" t="s">
+        <v>271</v>
+      </c>
+      <c r="E925" t="s">
+        <v>272</v>
+      </c>
+      <c r="F925" t="s">
+        <v>88</v>
+      </c>
+      <c r="G925" s="1" t="s">
+        <v>3679</v>
+      </c>
+      <c r="H925" t="s">
+        <v>3680</v>
+      </c>
+    </row>
+    <row r="926" spans="1:8">
+      <c r="A926" t="s">
+        <v>3681</v>
+      </c>
+      <c r="B926" t="s">
+        <v>9</v>
+      </c>
+      <c r="C926" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D926" t="s">
+        <v>271</v>
+      </c>
+      <c r="E926" t="s">
+        <v>272</v>
+      </c>
+      <c r="F926" t="s">
+        <v>88</v>
+      </c>
+      <c r="G926" s="1" t="s">
+        <v>3683</v>
+      </c>
+      <c r="H926" t="s">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="927" spans="1:8">
+      <c r="A927" t="s">
+        <v>3685</v>
+      </c>
+      <c r="B927" t="s">
+        <v>9</v>
+      </c>
+      <c r="C927" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D927" t="s">
+        <v>271</v>
+      </c>
+      <c r="E927" t="s">
+        <v>272</v>
+      </c>
+      <c r="F927" t="s">
+        <v>88</v>
+      </c>
+      <c r="G927" s="1" t="s">
+        <v>3687</v>
+      </c>
+      <c r="H927" t="s">
+        <v>3688</v>
+      </c>
+    </row>
+    <row r="928" spans="1:8">
+      <c r="A928" t="s">
+        <v>3689</v>
+      </c>
+      <c r="B928" t="s">
+        <v>9</v>
+      </c>
+      <c r="C928" t="s">
+        <v>3690</v>
+      </c>
+      <c r="D928" t="s">
+        <v>271</v>
+      </c>
+      <c r="E928" t="s">
+        <v>272</v>
+      </c>
+      <c r="F928" t="s">
+        <v>88</v>
+      </c>
+      <c r="G928" s="1" t="s">
+        <v>3691</v>
+      </c>
+      <c r="H928" t="s">
+        <v>3692</v>
+      </c>
+    </row>
+    <row r="929" spans="1:8">
+      <c r="A929" t="s">
+        <v>3693</v>
+      </c>
+      <c r="B929" t="s">
+        <v>9</v>
+      </c>
+      <c r="C929" t="s">
+        <v>3694</v>
+      </c>
+      <c r="D929" t="s">
+        <v>271</v>
+      </c>
+      <c r="E929" t="s">
+        <v>272</v>
+      </c>
+      <c r="F929" t="s">
+        <v>88</v>
+      </c>
+      <c r="G929" s="1" t="s">
+        <v>3695</v>
+      </c>
+      <c r="H929" t="s">
+        <v>3696</v>
+      </c>
+    </row>
+    <row r="930" spans="1:8">
+      <c r="A930" t="s">
+        <v>3697</v>
+      </c>
+      <c r="B930" t="s">
+        <v>9</v>
+      </c>
+      <c r="C930" t="s">
+        <v>3698</v>
+      </c>
+      <c r="D930" t="s">
+        <v>271</v>
+      </c>
+      <c r="E930" t="s">
+        <v>272</v>
+      </c>
+      <c r="F930" t="s">
+        <v>88</v>
+      </c>
+      <c r="G930" s="1" t="s">
+        <v>3699</v>
+      </c>
+      <c r="H930" t="s">
+        <v>3700</v>
+      </c>
+    </row>
+    <row r="931" spans="1:8">
+      <c r="A931" t="s">
+        <v>3701</v>
+      </c>
+      <c r="B931" t="s">
+        <v>9</v>
+      </c>
+      <c r="C931" t="s">
+        <v>3702</v>
+      </c>
+      <c r="D931" t="s">
+        <v>271</v>
+      </c>
+      <c r="E931" t="s">
+        <v>272</v>
+      </c>
+      <c r="F931" t="s">
+        <v>88</v>
+      </c>
+      <c r="G931" s="1" t="s">
+        <v>3703</v>
+      </c>
+      <c r="H931" t="s">
+        <v>3704</v>
+      </c>
+    </row>
+    <row r="932" spans="1:8">
+      <c r="A932" t="s">
+        <v>3705</v>
+      </c>
+      <c r="B932" t="s">
+        <v>9</v>
+      </c>
+      <c r="C932" t="s">
+        <v>3706</v>
+      </c>
+      <c r="D932" t="s">
+        <v>271</v>
+      </c>
+      <c r="E932" t="s">
+        <v>272</v>
+      </c>
+      <c r="F932" t="s">
+        <v>88</v>
+      </c>
+      <c r="G932" s="1" t="s">
+        <v>3707</v>
+      </c>
+      <c r="H932" t="s">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="933" spans="1:8">
+      <c r="A933" t="s">
+        <v>3709</v>
+      </c>
+      <c r="B933" t="s">
+        <v>9</v>
+      </c>
+      <c r="C933" t="s">
+        <v>3710</v>
+      </c>
+      <c r="D933" t="s">
+        <v>271</v>
+      </c>
+      <c r="E933" t="s">
+        <v>272</v>
+      </c>
+      <c r="F933" t="s">
+        <v>88</v>
+      </c>
+      <c r="G933" s="1" t="s">
+        <v>3711</v>
+      </c>
+      <c r="H933" t="s">
+        <v>3712</v>
+      </c>
+    </row>
+    <row r="934" spans="1:8">
+      <c r="A934" t="s">
+        <v>3713</v>
+      </c>
+      <c r="B934" t="s">
+        <v>9</v>
+      </c>
+      <c r="C934" t="s">
+        <v>3714</v>
+      </c>
+      <c r="D934" t="s">
+        <v>271</v>
+      </c>
+      <c r="E934" t="s">
+        <v>272</v>
+      </c>
+      <c r="F934" t="s">
+        <v>258</v>
+      </c>
+      <c r="G934" s="1" t="s">
+        <v>3715</v>
+      </c>
+      <c r="H934" t="s">
+        <v>3716</v>
+      </c>
+    </row>
+    <row r="935" spans="1:8">
+      <c r="A935" t="s">
+        <v>3717</v>
+      </c>
+      <c r="B935" t="s">
+        <v>9</v>
+      </c>
+      <c r="C935" t="s">
+        <v>3718</v>
+      </c>
+      <c r="D935" t="s">
+        <v>271</v>
+      </c>
+      <c r="E935" t="s">
+        <v>272</v>
+      </c>
+      <c r="F935" t="s">
+        <v>88</v>
+      </c>
+      <c r="G935" s="1" t="s">
+        <v>3719</v>
+      </c>
+      <c r="H935" t="s">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="936" spans="1:8">
+      <c r="A936" t="s">
+        <v>3721</v>
+      </c>
+      <c r="B936" t="s">
+        <v>9</v>
+      </c>
+      <c r="C936" t="s">
+        <v>3722</v>
+      </c>
+      <c r="D936" t="s">
+        <v>271</v>
+      </c>
+      <c r="E936" t="s">
+        <v>272</v>
+      </c>
+      <c r="F936" t="s">
+        <v>258</v>
+      </c>
+      <c r="G936" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="H936" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="937" spans="1:8">
+      <c r="A937" t="s">
+        <v>3725</v>
+      </c>
+      <c r="B937" t="s">
+        <v>9</v>
+      </c>
+      <c r="C937" t="s">
+        <v>3726</v>
+      </c>
+      <c r="D937" t="s">
+        <v>271</v>
+      </c>
+      <c r="E937" t="s">
+        <v>272</v>
+      </c>
+      <c r="F937" t="s">
+        <v>88</v>
+      </c>
+      <c r="G937" s="1" t="s">
+        <v>3727</v>
+      </c>
+      <c r="H937" t="s">
+        <v>3728</v>
+      </c>
+    </row>
+    <row r="938" spans="1:8">
+      <c r="A938" t="s">
+        <v>3729</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>3730</v>
+      </c>
+      <c r="D938" t="s">
+        <v>271</v>
+      </c>
+      <c r="E938" t="s">
+        <v>272</v>
+      </c>
+      <c r="F938" t="s">
+        <v>165</v>
+      </c>
+      <c r="G938" s="1" t="s">
+        <v>3731</v>
+      </c>
+      <c r="H938" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="939" spans="1:8">
+      <c r="A939" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B939" t="s">
+        <v>9</v>
+      </c>
+      <c r="C939" t="s">
+        <v>10</v>
+      </c>
+      <c r="D939" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E939" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F939" t="s">
+        <v>58</v>
+      </c>
+      <c r="G939" s="1" t="s">
+        <v>3736</v>
+      </c>
+      <c r="H939" t="s">
+        <v>3737</v>
+      </c>
+    </row>
+    <row r="940" spans="1:8">
+      <c r="A940" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
         <v>35</v>
       </c>
-      <c r="D904" t="s">
-[...5 lines deleted...]
-      <c r="F904" t="s">
+      <c r="D940" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E940" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F940" t="s">
+        <v>58</v>
+      </c>
+      <c r="G940" s="1" t="s">
+        <v>3739</v>
+      </c>
+      <c r="H940" t="s">
+        <v>3740</v>
+      </c>
+    </row>
+    <row r="941" spans="1:8">
+      <c r="A941" t="s">
+        <v>3741</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>65</v>
+      </c>
+      <c r="D941" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E941" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F941" t="s">
+        <v>262</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>3742</v>
+      </c>
+      <c r="H941" t="s">
+        <v>3743</v>
+      </c>
+    </row>
+    <row r="942" spans="1:8">
+      <c r="A942" t="s">
+        <v>3744</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>69</v>
+      </c>
+      <c r="D942" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E942" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F942" t="s">
+        <v>83</v>
+      </c>
+      <c r="G942" s="1" t="s">
+        <v>3745</v>
+      </c>
+      <c r="H942" t="s">
+        <v>3746</v>
+      </c>
+    </row>
+    <row r="943" spans="1:8">
+      <c r="A943" t="s">
+        <v>3747</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>73</v>
+      </c>
+      <c r="D943" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E943" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F943" t="s">
+        <v>83</v>
+      </c>
+      <c r="G943" s="1" t="s">
+        <v>3748</v>
+      </c>
+      <c r="H943" t="s">
+        <v>3749</v>
+      </c>
+    </row>
+    <row r="944" spans="1:8">
+      <c r="A944" t="s">
+        <v>3750</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>78</v>
+      </c>
+      <c r="D944" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E944" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F944" t="s">
+        <v>83</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>3751</v>
+      </c>
+      <c r="H944" t="s">
+        <v>3752</v>
+      </c>
+    </row>
+    <row r="945" spans="1:8">
+      <c r="A945" t="s">
+        <v>3753</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>82</v>
+      </c>
+      <c r="D945" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E945" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F945" t="s">
+        <v>101</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>3754</v>
+      </c>
+      <c r="H945" t="s">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="946" spans="1:8">
+      <c r="A946" t="s">
+        <v>3756</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>87</v>
+      </c>
+      <c r="D946" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E946" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F946" t="s">
         <v>41</v>
       </c>
-      <c r="G904" s="1" t="s">
-[...3 lines deleted...]
-        <v>3569</v>
+      <c r="G946" s="1" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H946" t="s">
+        <v>3758</v>
+      </c>
+    </row>
+    <row r="947" spans="1:8">
+      <c r="A947" t="s">
+        <v>3759</v>
+      </c>
+      <c r="B947" t="s">
+        <v>9</v>
+      </c>
+      <c r="C947" t="s">
+        <v>92</v>
+      </c>
+      <c r="D947" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E947" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F947" t="s">
+        <v>41</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>3760</v>
+      </c>
+      <c r="H947" t="s">
+        <v>3761</v>
+      </c>
+    </row>
+    <row r="948" spans="1:8">
+      <c r="A948" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B948" t="s">
+        <v>9</v>
+      </c>
+      <c r="C948" t="s">
+        <v>96</v>
+      </c>
+      <c r="D948" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E948" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F948" t="s">
+        <v>41</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>3763</v>
+      </c>
+      <c r="H948" t="s">
+        <v>3764</v>
+      </c>
+    </row>
+    <row r="949" spans="1:8">
+      <c r="A949" t="s">
+        <v>3765</v>
+      </c>
+      <c r="B949" t="s">
+        <v>9</v>
+      </c>
+      <c r="C949" t="s">
+        <v>100</v>
+      </c>
+      <c r="D949" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E949" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F949" t="s">
+        <v>41</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>3766</v>
+      </c>
+      <c r="H949" t="s">
+        <v>3767</v>
+      </c>
+    </row>
+    <row r="950" spans="1:8">
+      <c r="A950" t="s">
+        <v>3768</v>
+      </c>
+      <c r="B950" t="s">
+        <v>9</v>
+      </c>
+      <c r="C950" t="s">
+        <v>105</v>
+      </c>
+      <c r="D950" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E950" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F950" t="s">
+        <v>41</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>3769</v>
+      </c>
+      <c r="H950" t="s">
+        <v>3770</v>
+      </c>
+    </row>
+    <row r="951" spans="1:8">
+      <c r="A951" t="s">
+        <v>3771</v>
+      </c>
+      <c r="B951" t="s">
+        <v>9</v>
+      </c>
+      <c r="C951" t="s">
+        <v>110</v>
+      </c>
+      <c r="D951" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E951" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F951" t="s">
+        <v>41</v>
+      </c>
+      <c r="G951" s="1" t="s">
+        <v>3772</v>
+      </c>
+      <c r="H951" t="s">
+        <v>3773</v>
+      </c>
+    </row>
+    <row r="952" spans="1:8">
+      <c r="A952" t="s">
+        <v>3774</v>
+      </c>
+      <c r="B952" t="s">
+        <v>9</v>
+      </c>
+      <c r="C952" t="s">
+        <v>114</v>
+      </c>
+      <c r="D952" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E952" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F952" t="s">
+        <v>41</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="H952" t="s">
+        <v>3776</v>
+      </c>
+    </row>
+    <row r="953" spans="1:8">
+      <c r="A953" t="s">
+        <v>3777</v>
+      </c>
+      <c r="B953" t="s">
+        <v>9</v>
+      </c>
+      <c r="C953" t="s">
+        <v>119</v>
+      </c>
+      <c r="D953" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E953" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F953" t="s">
+        <v>41</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>3778</v>
+      </c>
+      <c r="H953" t="s">
+        <v>3779</v>
+      </c>
+    </row>
+    <row r="954" spans="1:8">
+      <c r="A954" t="s">
+        <v>3780</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>124</v>
+      </c>
+      <c r="D954" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E954" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F954" t="s">
+        <v>41</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>3781</v>
+      </c>
+      <c r="H954" t="s">
+        <v>3782</v>
+      </c>
+    </row>
+    <row r="955" spans="1:8">
+      <c r="A955" t="s">
+        <v>3783</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>128</v>
+      </c>
+      <c r="D955" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E955" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F955" t="s">
+        <v>41</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>3784</v>
+      </c>
+      <c r="H955" t="s">
+        <v>3785</v>
+      </c>
+    </row>
+    <row r="956" spans="1:8">
+      <c r="A956" t="s">
+        <v>3786</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>132</v>
+      </c>
+      <c r="D956" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E956" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F956" t="s">
+        <v>41</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="H956" t="s">
+        <v>3788</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
+        <v>3789</v>
+      </c>
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>136</v>
+      </c>
+      <c r="D957" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E957" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F957" t="s">
+        <v>41</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>3790</v>
+      </c>
+      <c r="H957" t="s">
+        <v>3791</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>3792</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>140</v>
+      </c>
+      <c r="D958" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E958" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F958" t="s">
+        <v>106</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>3793</v>
+      </c>
+      <c r="H958" t="s">
+        <v>3794</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>3795</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>144</v>
+      </c>
+      <c r="D959" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E959" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F959" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>3796</v>
+      </c>
+      <c r="H959" t="s">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>3798</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>148</v>
+      </c>
+      <c r="D960" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E960" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F960" t="s">
+        <v>2151</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>3799</v>
+      </c>
+      <c r="H960" t="s">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>3801</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>152</v>
+      </c>
+      <c r="D961" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E961" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F961" t="s">
+        <v>258</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>3802</v>
+      </c>
+      <c r="H961" t="s">
+        <v>3803</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>3804</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>156</v>
+      </c>
+      <c r="D962" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E962" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F962" t="s">
+        <v>83</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>3805</v>
+      </c>
+      <c r="H962" t="s">
+        <v>3806</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>3807</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>160</v>
+      </c>
+      <c r="D963" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E963" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F963" t="s">
+        <v>258</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>3808</v>
+      </c>
+      <c r="H963" t="s">
+        <v>3809</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>164</v>
+      </c>
+      <c r="D964" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E964" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F964" t="s">
+        <v>74</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>3811</v>
+      </c>
+      <c r="H964" t="s">
+        <v>3812</v>
+      </c>
+    </row>
+    <row r="965" spans="1:8">
+      <c r="A965" t="s">
+        <v>3813</v>
+      </c>
+      <c r="B965" t="s">
+        <v>9</v>
+      </c>
+      <c r="C965" t="s">
+        <v>169</v>
+      </c>
+      <c r="D965" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E965" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F965" t="s">
+        <v>41</v>
+      </c>
+      <c r="G965" s="1" t="s">
+        <v>3814</v>
+      </c>
+      <c r="H965" t="s">
+        <v>3815</v>
+      </c>
+    </row>
+    <row r="966" spans="1:8">
+      <c r="A966" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B966" t="s">
+        <v>9</v>
+      </c>
+      <c r="C966" t="s">
+        <v>173</v>
+      </c>
+      <c r="D966" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E966" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F966" t="s">
+        <v>41</v>
+      </c>
+      <c r="G966" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="H966" t="s">
+        <v>3818</v>
+      </c>
+    </row>
+    <row r="967" spans="1:8">
+      <c r="A967" t="s">
+        <v>3819</v>
+      </c>
+      <c r="B967" t="s">
+        <v>9</v>
+      </c>
+      <c r="C967" t="s">
+        <v>177</v>
+      </c>
+      <c r="D967" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E967" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F967" t="s">
+        <v>41</v>
+      </c>
+      <c r="G967" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="H967" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="968" spans="1:8">
+      <c r="A968" t="s">
+        <v>3822</v>
+      </c>
+      <c r="B968" t="s">
+        <v>9</v>
+      </c>
+      <c r="C968" t="s">
+        <v>181</v>
+      </c>
+      <c r="D968" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E968" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F968" t="s">
+        <v>41</v>
+      </c>
+      <c r="G968" s="1" t="s">
+        <v>3823</v>
+      </c>
+      <c r="H968" t="s">
+        <v>3824</v>
+      </c>
+    </row>
+    <row r="969" spans="1:8">
+      <c r="A969" t="s">
+        <v>3825</v>
+      </c>
+      <c r="B969" t="s">
+        <v>9</v>
+      </c>
+      <c r="C969" t="s">
+        <v>185</v>
+      </c>
+      <c r="D969" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E969" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F969" t="s">
+        <v>41</v>
+      </c>
+      <c r="G969" s="1" t="s">
+        <v>3826</v>
+      </c>
+      <c r="H969" t="s">
+        <v>3827</v>
+      </c>
+    </row>
+    <row r="970" spans="1:8">
+      <c r="A970" t="s">
+        <v>3828</v>
+      </c>
+      <c r="B970" t="s">
+        <v>9</v>
+      </c>
+      <c r="C970" t="s">
+        <v>189</v>
+      </c>
+      <c r="D970" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E970" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F970" t="s">
+        <v>41</v>
+      </c>
+      <c r="G970" s="1" t="s">
+        <v>3829</v>
+      </c>
+      <c r="H970" t="s">
+        <v>3830</v>
+      </c>
+    </row>
+    <row r="971" spans="1:8">
+      <c r="A971" t="s">
+        <v>3831</v>
+      </c>
+      <c r="B971" t="s">
+        <v>9</v>
+      </c>
+      <c r="C971" t="s">
+        <v>193</v>
+      </c>
+      <c r="D971" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E971" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F971" t="s">
+        <v>41</v>
+      </c>
+      <c r="G971" s="1" t="s">
+        <v>3832</v>
+      </c>
+      <c r="H971" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="972" spans="1:8">
+      <c r="A972" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B972" t="s">
+        <v>9</v>
+      </c>
+      <c r="C972" t="s">
+        <v>197</v>
+      </c>
+      <c r="D972" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E972" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F972" t="s">
+        <v>41</v>
+      </c>
+      <c r="G972" s="1" t="s">
+        <v>3835</v>
+      </c>
+      <c r="H972" t="s">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="973" spans="1:8">
+      <c r="A973" t="s">
+        <v>3837</v>
+      </c>
+      <c r="B973" t="s">
+        <v>9</v>
+      </c>
+      <c r="C973" t="s">
+        <v>201</v>
+      </c>
+      <c r="D973" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E973" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F973" t="s">
+        <v>41</v>
+      </c>
+      <c r="G973" s="1" t="s">
+        <v>3838</v>
+      </c>
+      <c r="H973" t="s">
+        <v>3839</v>
+      </c>
+    </row>
+    <row r="974" spans="1:8">
+      <c r="A974" t="s">
+        <v>3840</v>
+      </c>
+      <c r="B974" t="s">
+        <v>9</v>
+      </c>
+      <c r="C974" t="s">
+        <v>205</v>
+      </c>
+      <c r="D974" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E974" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F974" t="s">
+        <v>45</v>
+      </c>
+      <c r="G974" s="1" t="s">
+        <v>3841</v>
+      </c>
+      <c r="H974" t="s">
+        <v>3842</v>
+      </c>
+    </row>
+    <row r="975" spans="1:8">
+      <c r="A975" t="s">
+        <v>3843</v>
+      </c>
+      <c r="B975" t="s">
+        <v>9</v>
+      </c>
+      <c r="C975" t="s">
+        <v>209</v>
+      </c>
+      <c r="D975" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E975" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F975" t="s">
+        <v>83</v>
+      </c>
+      <c r="G975" s="1" t="s">
+        <v>3844</v>
+      </c>
+      <c r="H975" t="s">
+        <v>3845</v>
+      </c>
+    </row>
+    <row r="976" spans="1:8">
+      <c r="A976" t="s">
+        <v>3846</v>
+      </c>
+      <c r="B976" t="s">
+        <v>9</v>
+      </c>
+      <c r="C976" t="s">
+        <v>213</v>
+      </c>
+      <c r="D976" t="s">
+        <v>3734</v>
+      </c>
+      <c r="E976" t="s">
+        <v>3735</v>
+      </c>
+      <c r="F976" t="s">
+        <v>41</v>
+      </c>
+      <c r="G976" s="1" t="s">
+        <v>3847</v>
+      </c>
+      <c r="H976" t="s">
+        <v>3848</v>
+      </c>
+    </row>
+    <row r="977" spans="1:8">
+      <c r="A977" t="s">
+        <v>3849</v>
+      </c>
+      <c r="B977" t="s">
+        <v>9</v>
+      </c>
+      <c r="C977" t="s">
+        <v>10</v>
+      </c>
+      <c r="D977" t="s">
+        <v>3850</v>
+      </c>
+      <c r="E977" t="s">
+        <v>3851</v>
+      </c>
+      <c r="F977" t="s">
+        <v>45</v>
+      </c>
+      <c r="G977" s="1" t="s">
+        <v>3852</v>
+      </c>
+      <c r="H977" t="s">
+        <v>3853</v>
+      </c>
+    </row>
+    <row r="978" spans="1:8">
+      <c r="A978" t="s">
+        <v>3854</v>
+      </c>
+      <c r="B978" t="s">
+        <v>9</v>
+      </c>
+      <c r="C978" t="s">
+        <v>27</v>
+      </c>
+      <c r="D978" t="s">
+        <v>3850</v>
+      </c>
+      <c r="E978" t="s">
+        <v>3851</v>
+      </c>
+      <c r="F978" t="s">
+        <v>45</v>
+      </c>
+      <c r="G978" s="1" t="s">
+        <v>3855</v>
+      </c>
+      <c r="H978" t="s">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="979" spans="1:8">
+      <c r="A979" t="s">
+        <v>3857</v>
+      </c>
+      <c r="B979" t="s">
+        <v>9</v>
+      </c>
+      <c r="C979" t="s">
+        <v>31</v>
+      </c>
+      <c r="D979" t="s">
+        <v>3850</v>
+      </c>
+      <c r="E979" t="s">
+        <v>3851</v>
+      </c>
+      <c r="F979" t="s">
+        <v>45</v>
+      </c>
+      <c r="G979" s="1" t="s">
+        <v>3858</v>
+      </c>
+      <c r="H979" t="s">
+        <v>3859</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -35969,50 +38797,125 @@
     <hyperlink ref="G880" r:id="rId879"/>
     <hyperlink ref="G881" r:id="rId880"/>
     <hyperlink ref="G882" r:id="rId881"/>
     <hyperlink ref="G883" r:id="rId882"/>
     <hyperlink ref="G884" r:id="rId883"/>
     <hyperlink ref="G885" r:id="rId884"/>
     <hyperlink ref="G886" r:id="rId885"/>
     <hyperlink ref="G887" r:id="rId886"/>
     <hyperlink ref="G888" r:id="rId887"/>
     <hyperlink ref="G889" r:id="rId888"/>
     <hyperlink ref="G890" r:id="rId889"/>
     <hyperlink ref="G891" r:id="rId890"/>
     <hyperlink ref="G892" r:id="rId891"/>
     <hyperlink ref="G893" r:id="rId892"/>
     <hyperlink ref="G894" r:id="rId893"/>
     <hyperlink ref="G895" r:id="rId894"/>
     <hyperlink ref="G896" r:id="rId895"/>
     <hyperlink ref="G897" r:id="rId896"/>
     <hyperlink ref="G898" r:id="rId897"/>
     <hyperlink ref="G899" r:id="rId898"/>
     <hyperlink ref="G900" r:id="rId899"/>
     <hyperlink ref="G901" r:id="rId900"/>
     <hyperlink ref="G902" r:id="rId901"/>
     <hyperlink ref="G903" r:id="rId902"/>
     <hyperlink ref="G904" r:id="rId903"/>
+    <hyperlink ref="G905" r:id="rId904"/>
+    <hyperlink ref="G906" r:id="rId905"/>
+    <hyperlink ref="G907" r:id="rId906"/>
+    <hyperlink ref="G908" r:id="rId907"/>
+    <hyperlink ref="G909" r:id="rId908"/>
+    <hyperlink ref="G910" r:id="rId909"/>
+    <hyperlink ref="G911" r:id="rId910"/>
+    <hyperlink ref="G912" r:id="rId911"/>
+    <hyperlink ref="G913" r:id="rId912"/>
+    <hyperlink ref="G914" r:id="rId913"/>
+    <hyperlink ref="G915" r:id="rId914"/>
+    <hyperlink ref="G916" r:id="rId915"/>
+    <hyperlink ref="G917" r:id="rId916"/>
+    <hyperlink ref="G918" r:id="rId917"/>
+    <hyperlink ref="G919" r:id="rId918"/>
+    <hyperlink ref="G920" r:id="rId919"/>
+    <hyperlink ref="G921" r:id="rId920"/>
+    <hyperlink ref="G922" r:id="rId921"/>
+    <hyperlink ref="G923" r:id="rId922"/>
+    <hyperlink ref="G924" r:id="rId923"/>
+    <hyperlink ref="G925" r:id="rId924"/>
+    <hyperlink ref="G926" r:id="rId925"/>
+    <hyperlink ref="G927" r:id="rId926"/>
+    <hyperlink ref="G928" r:id="rId927"/>
+    <hyperlink ref="G929" r:id="rId928"/>
+    <hyperlink ref="G930" r:id="rId929"/>
+    <hyperlink ref="G931" r:id="rId930"/>
+    <hyperlink ref="G932" r:id="rId931"/>
+    <hyperlink ref="G933" r:id="rId932"/>
+    <hyperlink ref="G934" r:id="rId933"/>
+    <hyperlink ref="G935" r:id="rId934"/>
+    <hyperlink ref="G936" r:id="rId935"/>
+    <hyperlink ref="G937" r:id="rId936"/>
+    <hyperlink ref="G938" r:id="rId937"/>
+    <hyperlink ref="G939" r:id="rId938"/>
+    <hyperlink ref="G940" r:id="rId939"/>
+    <hyperlink ref="G941" r:id="rId940"/>
+    <hyperlink ref="G942" r:id="rId941"/>
+    <hyperlink ref="G943" r:id="rId942"/>
+    <hyperlink ref="G944" r:id="rId943"/>
+    <hyperlink ref="G945" r:id="rId944"/>
+    <hyperlink ref="G946" r:id="rId945"/>
+    <hyperlink ref="G947" r:id="rId946"/>
+    <hyperlink ref="G948" r:id="rId947"/>
+    <hyperlink ref="G949" r:id="rId948"/>
+    <hyperlink ref="G950" r:id="rId949"/>
+    <hyperlink ref="G951" r:id="rId950"/>
+    <hyperlink ref="G952" r:id="rId951"/>
+    <hyperlink ref="G953" r:id="rId952"/>
+    <hyperlink ref="G954" r:id="rId953"/>
+    <hyperlink ref="G955" r:id="rId954"/>
+    <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
+    <hyperlink ref="G965" r:id="rId964"/>
+    <hyperlink ref="G966" r:id="rId965"/>
+    <hyperlink ref="G967" r:id="rId966"/>
+    <hyperlink ref="G968" r:id="rId967"/>
+    <hyperlink ref="G969" r:id="rId968"/>
+    <hyperlink ref="G970" r:id="rId969"/>
+    <hyperlink ref="G971" r:id="rId970"/>
+    <hyperlink ref="G972" r:id="rId971"/>
+    <hyperlink ref="G973" r:id="rId972"/>
+    <hyperlink ref="G974" r:id="rId973"/>
+    <hyperlink ref="G975" r:id="rId974"/>
+    <hyperlink ref="G976" r:id="rId975"/>
+    <hyperlink ref="G977" r:id="rId976"/>
+    <hyperlink ref="G978" r:id="rId977"/>
+    <hyperlink ref="G979" r:id="rId978"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>