--- v0 (2025-12-08)
+++ v1 (2026-03-22)
@@ -48,1455 +48,1455 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Mensagem de Veto ao Projeto de Lei 040/2022.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>PELOE</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica - Executivo</t>
   </si>
   <si>
     <t>Ratifica-se o Protocolo de Intensões</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Poder Executivo</t>
   </si>
   <si>
     <t>Projeto Executivo</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Odon Oliveira de Souza Júnior</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/101/oficio_no_487_-_justificativa_do_projeto_de_lei_no_023.2022_-_cmcn.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/101/oficio_no_487_-_justificativa_do_projeto_de_lei_no_023.2022_-_cmcn.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI, Nº 023, DE 09 DE DEZEMBRO DE 2022_x000D_
 Autoriza o Poder Executivo Municipal a transferir, por doação, um terreno urbano pertencente ao patrimônio público à Marmoaria Currais Novos (L. B. DE MEDEIROS NETO).</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/102/oficio_no_488_-_justificativa_do_projeto_de_lei_no_024.2022_-_cmcn.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/102/oficio_no_488_-_justificativa_do_projeto_de_lei_no_024.2022_-_cmcn.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI, Nº 024, DE 09 DE DEZEMBRO DE 2022_x000D_
 Autoriza o Poder Executivo Municipal a transferir, por doação, um terreno urbano pertencente ao patrimônio público à S. Design (S. Design Acessórios EIRELI).</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/103/oficio_no_489_-_justificativa_do_projeto_de_lei_no_025.2022_-_cmcn.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/103/oficio_no_489_-_justificativa_do_projeto_de_lei_no_025.2022_-_cmcn.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI, Nº 025, DE 09 DE DEZEMBRO DE 2022_x000D_
 Autoriza o Poder Executivo Municipal a transferir, por doação, um terreno urbano pertencente ao patrimônio público à Cravo e Rosa Design-ME (Joyce Dayanne Gomes de Araujo)</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Poder Legislativo</t>
   </si>
   <si>
     <t>João Gustavo, Mattson Ranier</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/450/pl_no_082-2022_-_vereador_joao_gustavo31012023.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/450/pl_no_082-2022_-_vereador_joao_gustavo31012023.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário de Eventos do Município a "Semana Municipal de Valorização da História do Patrimônio Histórico e Cultural de Currais Novos", e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Daniel Bezerra</t>
   </si>
   <si>
     <t>Torna de utilidade pública municipal a Associação dos Aposentado, Pensionistas e Idosos, com sede no Município de Currais Novos/RN</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Jorian Santos</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_ordinaria_-nome_de_rua_-_paulo_heroncio_lira.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_ordinaria_-nome_de_rua_-_paulo_heroncio_lira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DENOMINAR DE PAULO HERÔNCIO DE LIRA, A RUA PROJETADA 12 QUE FICA LOCALIZADA PRÓXIMA A RUA VILMA DE SOUZA BRITO MACEDO NO BAIRRO PAIZINHO MARIA, NO MUNICÍPIO DE CURRAIS NOVOS/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3600/projeto_d._legislativo_no_001_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3600/projeto_d._legislativo_no_001_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. João da Silva Maia.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Gustavo</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3601/projeto_d._legislativo_no_002_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3601/projeto_d._legislativo_no_002_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Manuel Dantas Suassuna.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mattson Ranier</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3602/projeto_d._legislativo_no_004_-_concede_merito_jose_sinderley_de_menezes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3602/projeto_d._legislativo_no_004_-_concede_merito_jose_sinderley_de_menezes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. Anthony Medeiros.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Leilza Palmeira</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3603/projeto_d._legislativo_no_005_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3603/projeto_d._legislativo_no_005_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Igor Farias da Fonseca.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3604/projeto_d._legislativo_no_006_-_merito_mons_paulo_heroncio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3604/projeto_d._legislativo_no_006_-_merito_mons_paulo_heroncio.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo à Sra. Janaína Luciana de Medeiros.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3605/projeto_d._legislativo_no_007_-_concede_merito_mons_paulo_heroncio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3605/projeto_d._legislativo_no_007_-_concede_merito_mons_paulo_heroncio.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo ao Sr. Marcos Antônio Leite do Nascimento.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>Edmilson Sousa</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3606/projeto_d._legislativo_no_008_-_concede_marito_jose_sinderley_de_menezes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3606/projeto_d._legislativo_no_008_-_concede_marito_jose_sinderley_de_menezes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. Paulo Araújo.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3608/projeto_d._legislativo_no_009_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3608/projeto_d._legislativo_no_009_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Marcelo da Silva Taveira.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Ezequiel Pereira</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3607/projeto_d._legislativo_no_010_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3607/projeto_d._legislativo_no_010_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. João Bezerra de Medeiros.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3609/projeto_d._legislativo_no_011_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3609/projeto_d._legislativo_no_011_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Franciélio Miranda Batista.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3610/projeto_d._legislativo_no_012_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3610/projeto_d._legislativo_no_012_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Angela Maria dos Santos Silva.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>Cleyber Trajano</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3611/projeto_d._legislativo_no_013_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3611/projeto_d._legislativo_no_013_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Damião Wilton de Oliveira Azevedo.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3612/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3612/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Márcia Mayara Nunes de Medeiros.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_d._legislativo_no_015_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_d._legislativo_no_015_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Paulo Sérgio Veras Nicácio.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_d._legislativo_no_016_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_d._legislativo_no_016_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Francisco José das Chagas Araújo.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3615/projeto_d._legislativo_no_017_-_concede_titulo_de_honra_ao_merito_monsenhor_paulo_heroncio_de_melo.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3615/projeto_d._legislativo_no_017_-_concede_titulo_de_honra_ao_merito_monsenhor_paulo_heroncio_de_melo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo ao Laboratório Plenno.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3616/projeto_d._legislativo_no_018_-_concede_t._de_honra_ao_merito_profo_antonio_quintino_filho.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3616/projeto_d._legislativo_no_018_-_concede_t._de_honra_ao_merito_profo_antonio_quintino_filho.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Professor Antônio Quintino Filho à Sra. Joseana Cristina da Silva Santos Lins.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3617/projeto_d._legislativo_no_019_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3617/projeto_d._legislativo_no_019_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Paulo Augusto Pinheiro da Silva.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3618/projeto_d._legislativo_no_020_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3618/projeto_d._legislativo_no_020_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Osmir de Oliveira Monte.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3619/projeto_d._legislativo_no_021_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3619/projeto_d._legislativo_no_021_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Zacarias Figueiredo de Mendonça Neto.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3620/projeto_d._legislativo_no_022_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3620/projeto_d._legislativo_no_022_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Paulo Melo da Silva.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3621/projeto_d._legislativo_no_023_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3621/projeto_d._legislativo_no_023_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Waldirene de Barros Amorim Morais.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>Iranilson Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3622/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3622/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade à Sra. Leda Nascimento da Silva.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3623/projeto_d._legislativo_no_025_-_concede_merito_dr._geraldo_rufino.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3623/projeto_d._legislativo_no_025_-_concede_merito_dr._geraldo_rufino.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Dr. Geraldo Rufino à Sra. Rhaissa Laiana de Medeiros.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Lucieldo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3624/projeto_d._legislativo_no_026_-_concede_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3624/projeto_d._legislativo_no_026_-_concede_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró à Sra. Maria Magnólia Sousa Figueiredo.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3625/projeto_d._legislativo_no_027_-_concede_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3625/projeto_d._legislativo_no_027_-_concede_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró à Sra. Ana Catarina Amâncio de Oliveira Ribeiro.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3626/projeto_d._legislativo_no_029_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3626/projeto_d._legislativo_no_029_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Maria de Fátima Moura Dantas.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3627/projeto_d._legislativo_no_030_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3627/projeto_d._legislativo_no_030_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Rodolpho Luiz da Silva Azevedo.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_d._legislativo_no_032_-_concede_a_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_d._legislativo_no_032_-_concede_a_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró ao Sr. Flávio Gustavo da Silva Barbosa.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3629/projeto_d._legislativo_no_033_-_concede_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3629/projeto_d._legislativo_no_033_-_concede_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró ao Sr. Franciélio de Souza Medeiros.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3630/projeto_d._legislativo_no_034_-_concede_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3630/projeto_d._legislativo_no_034_-_concede_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró à Sra. Teresa Cristina da Silva Pires.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3631/projeto_d._legislativo_no_035_-_concede_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3631/projeto_d._legislativo_no_035_-_concede_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró à Sra. Marineide Silvestre da Nóbrega.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>G. Charles</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_d._legislativo_no_036_-_concede_condecoracao_atletica_totoro_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_d._legislativo_no_036_-_concede_condecoracao_atletica_totoro_.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró ao Sr. Cláudio Richardson Vitória Campelo dos Santos.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Sebastião Cabral</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3633/projeto_d._legislativo_no_037_-_concede_condecoracao_atletica_toitoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3633/projeto_d._legislativo_no_037_-_concede_condecoracao_atletica_toitoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró ao Sr. José Faustino da Silva.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3634/projeto_d._legislativo_no_039_-_concede_condecoracao_atletica_totoro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3634/projeto_d._legislativo_no_039_-_concede_condecoracao_atletica_totoro.pdf</t>
   </si>
   <si>
     <t>Concede a Condecoração Atlética Totoró ao Sr. Túlio Pinheiro de Oliveira Filho.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Concede condecoração Atlética Totoró ao Senhor Francisco Francimário Eleutério</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/17/comenda_literaria_poeta_luiz_carlos_guimaraes_-_iara.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/17/comenda_literaria_poeta_luiz_carlos_guimaraes_-_iara.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda Literária Poeta Luiz Carlos Guimarães à Senhora Iara Maria Carvalho.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/18/paulo_heroncio_-_marcelo.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/18/paulo_heroncio_-_marcelo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo ao senhor Marcelo Fernandes de Queiroz.</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/33/concede_o_titulo_de_cidadania_alexandre.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/33/concede_o_titulo_de_cidadania_alexandre.pdf</t>
   </si>
   <si>
     <t>Concede o título de Cidadania Curraisnovense ao Senhor Alexandre Silva Gomes</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/45/titulo_de_cidadania_curraisnovense_-_edinete_heloisa_souza_do_nascimento.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/45/titulo_de_cidadania_curraisnovense_-_edinete_heloisa_souza_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Curraisnovense a Senhora Edinete Heloisa Souza do Nascimento.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/46/titulo_de_cidadania_curraisnovense_-_jean_paul_prates.docx.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/46/titulo_de_cidadania_curraisnovense_-_jean_paul_prates.docx.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Curraisnovense ao Senhor Jean Paul Prates.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/51/titulo_de_honra_ao_merito_professor_antonio_quintino_filho-simao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/51/titulo_de_honra_ao_merito_professor_antonio_quintino_filho-simao.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Professor Antônio Quintino Filho ao senhor Simão Luiz dos Santos.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_decreto_cidadania_curraisnovense_marcelo_-_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_decreto_cidadania_curraisnovense_marcelo_-_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Curraisnovense ao senhor Marcelo Azevedo Xavier.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_decreto_amigo_da_cidade__maria_de_lourdes_-_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_decreto_amigo_da_cidade__maria_de_lourdes_-_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade a senhora Maria de Lourdes Garcia Geraldo.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_decreto_cidadania_curraisnovense_ana_celia_-_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_decreto_cidadania_curraisnovense_ana_celia_-_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Curraisnovense a senhora Ana Célia Monteiro de Carvalho.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_decreto_cidadania_curraisnovense_klarisson_felipe_-_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_decreto_cidadania_curraisnovense_klarisson_felipe_-_assinado.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Curraisnovense ao senhor Klarisson Felipe Gomes Pinto.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDR</t>
   </si>
   <si>
     <t>Cria e regulamenta a Comenda de Condecoração Atlética Totoró.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3959/processo__no_199_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3959/processo__no_199_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para a Sra. Rayssa Aline Batista de Araújo.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3960/processo__no_530__-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3960/processo__no_530__-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer a realizaçãod e audiência pública para debate sobre a Semana da Mulher.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3961/processo__no_641_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3961/processo__no_641_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para debate sobre a Semana da Mulher.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3962/processo_no_749_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3962/processo_no_749_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para a Sra. Tércia Leda Cardoso Bezerra.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3963/processo_no_932_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3963/processo_no_932_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer vista do Projeto de Lei Nº 094/2021.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3964/processo_no_0949_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3964/processo_no_0949_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para debater as problemáticas da causa animal no município de Currais Novos.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3965/processo_no_1029_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3965/processo_no_1029_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Sessão Solene em homenagem aos 30 anos da Sidy's TV a Cabo.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3966/processo_no_1038_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3966/processo_no_1038_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para a Sra. Elisane Nóbrega Chaves Ribeiro.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3967/processo_no_1083_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3967/processo_no_1083_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para a Sra. Gilvaneide Santos, diretora do NORTEAR.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3968/processo_no_1096_-_ao_presidente_da_camara.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3968/processo_no_1096_-_ao_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Requer o uso do auditório da Câmara Municipal para a realização de audiência pública acerca da segurança municipal.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>Cleyber Trajano, Daniel Bezerra, Ezequiel Pereira, G. Charles</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3969/processo_no_1354_-_ao_presidente_da_camara.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3969/processo_no_1354_-_ao_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Requer que o PLs 035 e 036 tramitem em regime de urgência.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3970/processo_no_1518_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3970/processo_no_1518_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para o Sr. Luzitércio Albuquerque.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3971/processo_no_1627_-_ao_presidente_da_camara_m._de_c._novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3971/processo_no_1627_-_ao_presidente_da_camara_m._de_c._novos.pdf</t>
   </si>
   <si>
     <t>Requer que a Mesa Diretora solicite as contas da Gestão Municipal de Currais Novos, relativas ao exercício de 2017, ao Tribunal de Contas do Estado.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3972/processo_no_1676_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3972/processo_no_1676_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf</t>
   </si>
   <si>
     <t>Requer que a Mesa Diretora tome providências com relação à ausência de informações e documentos solicitados à Gestão Municipal.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3973/processo_no_1799_-_ao_presidente_da_camara.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3973/processo_no_1799_-_ao_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para o 3º Sargento da Polícia Militar, Pedro Antoniony Araújo da Silva.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3974/processo_no_1897_-_ao_presidente_da_mesa_diretora.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3974/processo_no_1897_-_ao_presidente_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Requer o uso de Tribuna Livre para o Sr. Siderley Jatobá Bezerra de Menezes.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3975/processo_no_2015_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3975/processo_no_2015_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para debater a infraestrutura e os pontos mais críticos do município de Currais Novos.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3976/processo_no_2159_-_ao_presidente_da_cmcn.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3976/processo_no_2159_-_ao_presidente_da_cmcn.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização do Plenário Ver. Antônio Othon Filho paqra realização de Sessão Solene alusiva ao PROERD.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3977/processo_no_2683_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3977/processo_no_2683_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para discutir a implementação da Lei Paulo Gustavo no município de Currais Novos.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3978/processo_no_2773_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3978/processo_no_2773_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a adesão da Câmara Municipal ao Programa Adolescente Aprendiz.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3979/processo_no_3099_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3979/processo_no_3099_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer o uso do Auditório Adailson Pereira de Araújo para realização de Sessão Solene em comemoração aos 40 anos do CEJA.</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
     <t>Cleyber Trajano, Daniel Bezerra, G. Charles, Leilza Palmeira, Ezequiel Pereira, Sebastião Cabral</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3980/processo_no_3528_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3980/processo_no_3528_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Inscrição de chapa para concorrer a eleição da Mesa Diretora para o biênio 2023-2024.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3981/processo_no_3536_-_ao_presidente_da_camarfa_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3981/processo_no_3536_-_ao_presidente_da_camarfa_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do nome da composição da Chapa Nº 01 para concorrer ao cargo de 1º Secretário na eleição da Mesa Diretora - Biênio 2023-2024.</t>
   </si>
   <si>
     <t>Marcos Xavier</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/48/informacao_emenda_parlamentar_tomografo_computadorizado_de_32_cortes_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/48/informacao_emenda_parlamentar_tomografo_computadorizado_de_32_cortes_assinado.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre Emenda Parlamentar disponibilizada pelo Excelentíssimo Deputado Federal General Girão para a compra de um tomógrafo computadorizado de 32 cortes para o Hospital Regional Mariano Coelho, no valor de R$ 1.346.334,00.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_001_-_saldo_de_dezembro_seja_revertido_em_cestas_natalinas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_001_-_saldo_de_dezembro_seja_revertido_em_cestas_natalinas.pdf</t>
   </si>
   <si>
     <t>Requer ao Senhor Presidente da Mesa, Edmilson Francisco de Sousa, que, dentro das possibilidades orçamentárias, destine parte do saldo de dezembro da Câmara Municipal para aquisição de Cestas Natalinas, de modo a ser distribuídas para as famílias hipossuficientes do município, observado os critérios estabelecidos no CADASTRO ÚNICO.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Batista</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5643/processo_no_2779_-_ao_prefeiro_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5643/processo_no_2779_-_ao_prefeiro_municipal.pdf</t>
   </si>
   <si>
     <t>Sugere ao Exmo. Sr. Prefeito Municipal de Currais Novos, Odon Oliveira de Souza Júnior, a criação de uma farmácia municipal de manipulação.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5644/processo_no_2812_-_ao_prefeito_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5644/processo_no_2812_-_ao_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Sugere ao Sr. Secretário Municipal de Meio Ambiente, Agricultura e Abastecimento do município de Currais Novos, Lucas Galvão da Cruz, a sinalização, através de placas, dos povoados pertencentes ao município de Currais Novos.</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5645/processo_no_2813_-_ao_deputado_federal_joao_maia.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5645/processo_no_2813_-_ao_deputado_federal_joao_maia.pdf</t>
   </si>
   <si>
     <t>Sugere ao Exmo. Deputado Federal João da Silva Maia a destinação de uma emenda parlamentar no valor de R$ 500 mil reais para a criação de uma farmácia municipal de manipulação.</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5646/processo_no_2839_-_ao_secretario_m._de_agricultura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5646/processo_no_2839_-_ao_secretario_m._de_agricultura.pdf</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5647/processo_no_2840_-_ao_prefeito_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5647/processo_no_2840_-_ao_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Sugere ao Exmo. Prefeito Municipal de Currais Novos, Odon Olievira de Souza Junior, a sinalização, através de placas, dos povoados pertencentes ao município de Currais Novos.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_151_-_arborizacao_praca.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_151_-_arborizacao_praca.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito Odon Oliveira de Souza Júnior, extensivo a Secretaria Municipal de Infraestrutura e Serviços Urbano, que seja viabilizada a ARBORIZAÇÃO da Praça "Amadeu Venâncio", localizada atrás do Ginásio Geraldão, no bairro JK, em Currais Novos-RN.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/34/emenda_pavimentacao_rua_tomaz_galvao_157_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/34/emenda_pavimentacao_rua_tomaz_galvao_157_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para realização da Pavimentação a paralelepípedos da Rua Tomaz Galvão, Bairro Manoel Salustino, zona urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/35/emenda_pavimentacao_rua_lourival_lourenco_dantas_158_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/35/emenda_pavimentacao_rua_lourival_lourenco_dantas_158_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para realização da Pavimentação a paralelepípedos da Rua Lourival Lourenço Dantas (Lourival Sapateiro), Bairro Manoel Salustino, zona urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/36/emenda_pavimentacao_rua_frei_damiao_159_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/36/emenda_pavimentacao_rua_frei_damiao_159_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para realização da Pavimentação a paralelepípedos da Rua Frei Damião, Bairro Manoel Salustino, zona urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/37/emenda_pavimentacao_asfaltica_sao_rafael_160_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/37/emenda_pavimentacao_asfaltica_sao_rafael_160_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para realização da pavimentação asfáltica da estrada que liga a comunidade São Rafael a BR 226, Currais Novos/RN.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/38/emenda_pavimentacao_asfaltica_sao_sebastiao_161_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/38/emenda_pavimentacao_asfaltica_sao_sebastiao_161_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para realização da pavimentação asfáltica da estrada que liga a comunidade São Sebastião a BR 226, Currais Novos/RN.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/39/emenda_passagem_molhada_sao_luiz_162_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/39/emenda_passagem_molhada_sao_luiz_162_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para a construção de uma passagem molhada na comunidade São Luiz, Zona Rural de Currais Novos/RN.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/40/emenda_passagem_molhada_sao_rafael_163_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/40/emenda_passagem_molhada_sao_rafael_163_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para a construção de uma passagem molhada na comunidade São Rafael, Zona Rural de Currais Novos/RN.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/41/emenda_construcao_e_implantacao_de_um_galpao_industrial_166assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/41/emenda_construcao_e_implantacao_de_um_galpao_industrial_166assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que disponibilize uma emenda parlamentar do Orçamento da União para a Construção e Implantação de um Galpão Industrial no município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pavimentacao_sao_rafael_federal_164_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pavimentacao_sao_rafael_federal_164_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que interceda junto ao Governo Federal e a CODEVASF a realização da pavimentação asfáltica da estrada que liga a comunidade São Rafael a BR 226, Currais Novos/RN.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/43/pavimentacao_sao_sebastiao_federal_165_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/43/pavimentacao_sao_sebastiao_federal_165_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Sua Excelência o Sr. Deputado Federal General Girão que interceda junto ao Governo Federal e a CODEVASF a realização da pavimentação asfáltica da estrada que liga a comunidade São Sebastião a BR 226, Currais Novos/RN.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/47/poda_de_arvore_dr_jose_borges_167_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/47/poda_de_arvore_dr_jose_borges_167_assinado.pdf</t>
   </si>
   <si>
     <t>Indico o serviço de poda de árvores e limpeza na Rua Dr. José Borges, bairro Centro, zona urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_153_-_aquisicao_de_moto_agentes_de_endemias.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_153_-_aquisicao_de_moto_agentes_de_endemias.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito Odon Oliveira de Souza Júnior, que dentro das possibilidades, possa fazer a aquisição de uma moto para os agentes de endemias da cidade de Currais Novos-RN.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_152_-_contrucao_campo_de_futebol_society.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_152_-_contrucao_campo_de_futebol_society.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito Odon Oliveira de Souza Júnior, em parceria com a Secretaria Municipal de Educação, Cultura e Esportes, que estude a viabilidade da construção de um Campo de Futebol Society com grama sintética, na cidade de Currais Novos-RN.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_154_-_reforma_da_cobertura_e_troca_das_redes_da_quadra_do_gilson_firmino.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_154_-_reforma_da_cobertura_e_troca_das_redes_da_quadra_do_gilson_firmino.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Prefeito Odon Oliveira de Souza Júnior, extensivo a Secretaria Municipal de Infraestrutura e Serviços Urbano, que seja viabilizada a restauração do teto e a troca da Rede de Proteção da Quadra de Esportes da Escola Municipal Gilson Firmino – Bairro Dr. José Bezerra, em Currais Novos/RN</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_92_-_reforma_e_revitalizacao_do_centro_de_multiplo_uso.docx.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_92_-_reforma_e_revitalizacao_do_centro_de_multiplo_uso.docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito, Odon de Oliveira de Souza Júnior, a reforma e revitalização na estrutura física do Centro de Múltiplo Uso “Manoel Gárcia de Araújo”, localizado no bairro Dr. José Bezerra de Araújo, no município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_banhiero_da_feira_2022_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_banhiero_da_feira_2022_assinado.pdf</t>
   </si>
   <si>
     <t>Indico, ao Senhor Prefeito Odon Oliveira de Souza Júnior, que seja designado um funcionário para efetuar o serviço de limpeza dos banheiros do canteiro da feira coberta na Rua Laurentino Bezerra, bairro Centro, na Zona Urbana de Currais Novos.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_intalacao_internet_totoro_e_trangola_-_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_intalacao_internet_totoro_e_trangola_-_assinado.pdf</t>
   </si>
   <si>
     <t>Sugere ao Exmo. Sr. Prefeito Odon Oliveira de Souza Júnior. Acesso à internet via WI-FI para o posto de saúde da comunidade Totoró e Trangola.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_156_-_revitalizacao_e_arborizacao_da_pracinha_na_rua_stoessel_augusto.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_156_-_revitalizacao_e_arborizacao_da_pracinha_na_rua_stoessel_augusto.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Senhor Prefeito Odon Oliveira de Souza Júnior, extensivo a Secretaria Municipal de Infraestrutura e Serviços Urbanos, que providencie a REVITALIZAÇÃO e ARBORIZAÇÃO na Pracinha localizada na rua Stoessel Augusto, no bairro JK, em Currais Novos-RN.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/126/ind._instalado_um_espaco_para_receber_possiveis_pacientes_covid_19_-_168_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/126/ind._instalado_um_espaco_para_receber_possiveis_pacientes_covid_19_-_168_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja instalado um espaço para receber possíveis pacientes que precisam estar em isolamento e tratamento médico devido a estarem com a Covid 19, conforme a NOTA TÉCNICA Nº 5/2022/SESAP - CVS - SUVIGE/SESAP - CVS/SESAP – SECRETARIO, item 11, página 3, no Município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/127/publicidade_dos_boletins_epidemiologicos_covid_19_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/127/publicidade_dos_boletins_epidemiologicos_covid_19_assinado.pdf</t>
   </si>
   <si>
     <t>Indico a publicidade dos Boletins Epidemiológicos da Covid 19 atualizados quanto ao número de casos detectados nas redes sociais da Prefeitura, como estava no início da pandemia até bem pouco tempo atrás, no Município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/138/poda_de_arvore_rua_jose_fernandes2c_nc2ba_12._170_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/138/poda_de_arvore_rua_jose_fernandes2c_nc2ba_12._170_assinado.pdf</t>
   </si>
   <si>
     <t>Indico o serviço de poda de árvores e limpeza na Rua José Fernandes, em frente ao nº 12, entre o Colégio CCT e a Agencia de Turismo, bairro Centro, zona urbana de Currais Novos/RN.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Moção de Parabéns</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/16/mocao_de_parabens_026_-_francisca_auta.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/16/mocao_de_parabens_026_-_francisca_auta.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Parabéns, considerando a passagem da data natalícia da Senhora Francisca Auta Lopes Bezerra, ocorrida no dia 01 de dezembro de 2022.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/122/mocao_de_parabens_027_-_francisca.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/122/mocao_de_parabens_027_-_francisca.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ATA uma Moção de Parabéns, considerando a passagem da data natalícia da Senhora Francisca Galdino da Silva, ocorrida no dia 12 de dezembro de 2022</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/123/mocao_de_parabens_028_-_ciro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/123/mocao_de_parabens_028_-_ciro.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Parabéns, considerando a passagem da data natalícia do senhor Ciro Batista de Araújo Filho, ocorrida no dia 10 de dezembro de 2022.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/135/mocao_de_aplausos_ato_de_bravura_francisco_gardiel_de_lima_005.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/135/mocao_de_aplausos_ato_de_bravura_francisco_gardiel_de_lima_005.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Aplausos ao senhor Francisco Gardiel de Lima, tendo em vista o ato de bravura ocorrida no dia 22 de janeiro de 2022.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/136/mocao_de_aplausos_ato_de_bravura_francimar_arimar_da_silva_004.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/136/mocao_de_aplausos_ato_de_bravura_francimar_arimar_da_silva_004.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Aplausos ao senhor Francimar Arimar da Silva, tendo em vista o ato de bravura ocorrida no dia 22 de janeiro de 2022.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_de_aplausos_ato_de_bravura_cornelio_alberaci_de_araujo_003.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_de_aplausos_ato_de_bravura_cornelio_alberaci_de_araujo_003.pdf</t>
   </si>
   <si>
     <t>Requer que seja consignada em ata uma Moção de Aplausos ao senhor Cornélio Alberaci de Araújo, tendo em vista o ato de bravura ocorrida no dia 22 de janeiro de 2022.</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/19/proposta-de-emenda-no-10-ao-pl-no-017.2022.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/19/proposta-de-emenda-no-10-ao-pl-no-017.2022.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva ao Projeto de Lei do Executivo Nº 017/2022, que estima a receita e fixa a despesa do Município de Currais Novos para o Exercício financeiro de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/20/emenda-impositiva-no-011-ao-pl-no-017.2022-.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/20/emenda-impositiva-no-011-ao-pl-no-017.2022-.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva ao Projeto de Lei do Executivo nº 017/2022, que Estima a Receita e Fixa a Despesa do município de Currais Novos para o exercício financeiro de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/21/emenda-impositiva-no-012-ao-pl-no-017.2022.pdf</t>
-[...17 lines deleted...]
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/27/emenda-impositiva-no-018-ao-pl-no-017.2022.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/21/emenda-impositiva-no-012-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/22/emenda-impositiva-no-013-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/23/emenda-impositiva-no-014-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/24/emenda-impositiva-no-015-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/25/emenda-impositiva-no-016-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/26/emenda-impositiva-no-017-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/27/emenda-impositiva-no-018-ao-pl-no-017.2022.pdf</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/28/emenda-impositiva-no-019-ao-pl-no-017.2022.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/30/emenda-impositiva-no-021-ao-pl-no-017.2022.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/28/emenda-impositiva-no-019-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/29/emenda-impositiva-no-020-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/30/emenda-impositiva-no-021-ao-pl-no-017.2022.pdf</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/31/emenda-impositiva-no-022-ao-pl-no-017.2022.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/32/emenda-impositiva-no-023-ao-pl-no-017.2022.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/31/emenda-impositiva-no-022-ao-pl-no-017.2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/32/emenda-impositiva-no-023-ao-pl-no-017.2022.pdf</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Emenda impositiva ao Projeto de Lei do Executivo Nº 017/2022, que Estima a Receita e Fixa a Despesa do Município de Currais Novos para o Exercício de 2023.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei do Executivo Nº 017/2022, que Estima a Receita e Fixa a Despesa do Município de Currais Novos para o Exercício de 2023.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Emenda Impositiva ao Projeto de Lei do Executivo nº 17/2022, que "Estima a Receita e Fixa a Despesa do Município de Currais Novos para o Exercício Financeiro de 2023".</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei do Executivo nº 17/2022, que "Estima a Receita e Fixa a Despesa do Município de Currais Novos para o Exercício Financeiro de 2023".</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/49/emenda_impositiva_largo_mariano_guimaraes_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/49/emenda_impositiva_largo_mariano_guimaraes_assinado.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva ao Projeto de Lei do Executivo Nº 017/2022, que Estima a Receita e Fixa a Despesa do Município de Currais· Novos para o Exercício Financeiro de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/50/emenda_impositiva_potyguar_assinada.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/50/emenda_impositiva_potyguar_assinada.pdf</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/52/emenda_impositiva_equipamentos_ubs_assinado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/52/emenda_impositiva_equipamentos_ubs_assinado.pdf</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>74</t>
   </si>
@@ -1947,67 +1947,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/101/oficio_no_487_-_justificativa_do_projeto_de_lei_no_023.2022_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/102/oficio_no_488_-_justificativa_do_projeto_de_lei_no_024.2022_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/103/oficio_no_489_-_justificativa_do_projeto_de_lei_no_025.2022_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/450/pl_no_082-2022_-_vereador_joao_gustavo31012023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_ordinaria_-nome_de_rua_-_paulo_heroncio_lira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3600/projeto_d._legislativo_no_001_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3601/projeto_d._legislativo_no_002_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3602/projeto_d._legislativo_no_004_-_concede_merito_jose_sinderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3603/projeto_d._legislativo_no_005_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3604/projeto_d._legislativo_no_006_-_merito_mons_paulo_heroncio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3605/projeto_d._legislativo_no_007_-_concede_merito_mons_paulo_heroncio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3606/projeto_d._legislativo_no_008_-_concede_marito_jose_sinderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3608/projeto_d._legislativo_no_009_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3607/projeto_d._legislativo_no_010_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3609/projeto_d._legislativo_no_011_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3610/projeto_d._legislativo_no_012_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3611/projeto_d._legislativo_no_013_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3612/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_d._legislativo_no_015_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_d._legislativo_no_016_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3615/projeto_d._legislativo_no_017_-_concede_titulo_de_honra_ao_merito_monsenhor_paulo_heroncio_de_melo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3616/projeto_d._legislativo_no_018_-_concede_t._de_honra_ao_merito_profo_antonio_quintino_filho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3617/projeto_d._legislativo_no_019_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3618/projeto_d._legislativo_no_020_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3619/projeto_d._legislativo_no_021_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3620/projeto_d._legislativo_no_022_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3621/projeto_d._legislativo_no_023_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3622/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3623/projeto_d._legislativo_no_025_-_concede_merito_dr._geraldo_rufino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3624/projeto_d._legislativo_no_026_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3625/projeto_d._legislativo_no_027_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3626/projeto_d._legislativo_no_029_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3627/projeto_d._legislativo_no_030_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_d._legislativo_no_032_-_concede_a_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3629/projeto_d._legislativo_no_033_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3630/projeto_d._legislativo_no_034_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3631/projeto_d._legislativo_no_035_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_d._legislativo_no_036_-_concede_condecoracao_atletica_totoro_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3633/projeto_d._legislativo_no_037_-_concede_condecoracao_atletica_toitoro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3634/projeto_d._legislativo_no_039_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/17/comenda_literaria_poeta_luiz_carlos_guimaraes_-_iara.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/18/paulo_heroncio_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/33/concede_o_titulo_de_cidadania_alexandre.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/45/titulo_de_cidadania_curraisnovense_-_edinete_heloisa_souza_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/46/titulo_de_cidadania_curraisnovense_-_jean_paul_prates.docx.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/51/titulo_de_honra_ao_merito_professor_antonio_quintino_filho-simao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_decreto_cidadania_curraisnovense_marcelo_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_decreto_amigo_da_cidade__maria_de_lourdes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_decreto_cidadania_curraisnovense_ana_celia_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_decreto_cidadania_curraisnovense_klarisson_felipe_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3959/processo__no_199_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3960/processo__no_530__-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3961/processo__no_641_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3962/processo_no_749_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3963/processo_no_932_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3964/processo_no_0949_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3965/processo_no_1029_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3966/processo_no_1038_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3967/processo_no_1083_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3968/processo_no_1096_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3969/processo_no_1354_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3970/processo_no_1518_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3971/processo_no_1627_-_ao_presidente_da_camara_m._de_c._novos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3972/processo_no_1676_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3973/processo_no_1799_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3974/processo_no_1897_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3975/processo_no_2015_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3976/processo_no_2159_-_ao_presidente_da_cmcn.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3977/processo_no_2683_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3978/processo_no_2773_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3979/processo_no_3099_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3980/processo_no_3528_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3981/processo_no_3536_-_ao_presidente_da_camarfa_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/48/informacao_emenda_parlamentar_tomografo_computadorizado_de_32_cortes_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_001_-_saldo_de_dezembro_seja_revertido_em_cestas_natalinas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5643/processo_no_2779_-_ao_prefeiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5644/processo_no_2812_-_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5645/processo_no_2813_-_ao_deputado_federal_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5646/processo_no_2839_-_ao_secretario_m._de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5647/processo_no_2840_-_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_151_-_arborizacao_praca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/34/emenda_pavimentacao_rua_tomaz_galvao_157_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/35/emenda_pavimentacao_rua_lourival_lourenco_dantas_158_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/36/emenda_pavimentacao_rua_frei_damiao_159_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/37/emenda_pavimentacao_asfaltica_sao_rafael_160_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/38/emenda_pavimentacao_asfaltica_sao_sebastiao_161_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/39/emenda_passagem_molhada_sao_luiz_162_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/40/emenda_passagem_molhada_sao_rafael_163_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/41/emenda_construcao_e_implantacao_de_um_galpao_industrial_166assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pavimentacao_sao_rafael_federal_164_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/43/pavimentacao_sao_sebastiao_federal_165_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/47/poda_de_arvore_dr_jose_borges_167_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_153_-_aquisicao_de_moto_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_152_-_contrucao_campo_de_futebol_society.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_154_-_reforma_da_cobertura_e_troca_das_redes_da_quadra_do_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_92_-_reforma_e_revitalizacao_do_centro_de_multiplo_uso.docx.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_banhiero_da_feira_2022_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_intalacao_internet_totoro_e_trangola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_156_-_revitalizacao_e_arborizacao_da_pracinha_na_rua_stoessel_augusto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/126/ind._instalado_um_espaco_para_receber_possiveis_pacientes_covid_19_-_168_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/127/publicidade_dos_boletins_epidemiologicos_covid_19_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/138/poda_de_arvore_rua_jose_fernandes2c_nc2ba_12._170_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/16/mocao_de_parabens_026_-_francisca_auta.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/122/mocao_de_parabens_027_-_francisca.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/123/mocao_de_parabens_028_-_ciro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/135/mocao_de_aplausos_ato_de_bravura_francisco_gardiel_de_lima_005.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/136/mocao_de_aplausos_ato_de_bravura_francimar_arimar_da_silva_004.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_de_aplausos_ato_de_bravura_cornelio_alberaci_de_araujo_003.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/19/proposta-de-emenda-no-10-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/20/emenda-impositiva-no-011-ao-pl-no-017.2022-.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/21/emenda-impositiva-no-012-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/22/emenda-impositiva-no-013-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/23/emenda-impositiva-no-014-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/24/emenda-impositiva-no-015-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/25/emenda-impositiva-no-016-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/26/emenda-impositiva-no-017-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/27/emenda-impositiva-no-018-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/28/emenda-impositiva-no-019-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/29/emenda-impositiva-no-020-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/30/emenda-impositiva-no-021-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/31/emenda-impositiva-no-022-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/32/emenda-impositiva-no-023-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/49/emenda_impositiva_largo_mariano_guimaraes_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/50/emenda_impositiva_potyguar_assinada.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/52/emenda_impositiva_equipamentos_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/101/oficio_no_487_-_justificativa_do_projeto_de_lei_no_023.2022_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/102/oficio_no_488_-_justificativa_do_projeto_de_lei_no_024.2022_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/103/oficio_no_489_-_justificativa_do_projeto_de_lei_no_025.2022_-_cmcn.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/450/pl_no_082-2022_-_vereador_joao_gustavo31012023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_ordinaria_-nome_de_rua_-_paulo_heroncio_lira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3600/projeto_d._legislativo_no_001_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3601/projeto_d._legislativo_no_002_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3602/projeto_d._legislativo_no_004_-_concede_merito_jose_sinderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3603/projeto_d._legislativo_no_005_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3604/projeto_d._legislativo_no_006_-_merito_mons_paulo_heroncio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3605/projeto_d._legislativo_no_007_-_concede_merito_mons_paulo_heroncio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3606/projeto_d._legislativo_no_008_-_concede_marito_jose_sinderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3608/projeto_d._legislativo_no_009_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3607/projeto_d._legislativo_no_010_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3609/projeto_d._legislativo_no_011_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3610/projeto_d._legislativo_no_012_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3611/projeto_d._legislativo_no_013_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3612/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3613/projeto_d._legislativo_no_015_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3614/projeto_d._legislativo_no_016_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3615/projeto_d._legislativo_no_017_-_concede_titulo_de_honra_ao_merito_monsenhor_paulo_heroncio_de_melo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3616/projeto_d._legislativo_no_018_-_concede_t._de_honra_ao_merito_profo_antonio_quintino_filho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3617/projeto_d._legislativo_no_019_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3618/projeto_d._legislativo_no_020_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3619/projeto_d._legislativo_no_021_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3620/projeto_d._legislativo_no_022_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3621/projeto_d._legislativo_no_023_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3622/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3623/projeto_d._legislativo_no_025_-_concede_merito_dr._geraldo_rufino.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3624/projeto_d._legislativo_no_026_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3625/projeto_d._legislativo_no_027_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3626/projeto_d._legislativo_no_029_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3627/projeto_d._legislativo_no_030_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3628/projeto_d._legislativo_no_032_-_concede_a_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3629/projeto_d._legislativo_no_033_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3630/projeto_d._legislativo_no_034_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3631/projeto_d._legislativo_no_035_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3632/projeto_d._legislativo_no_036_-_concede_condecoracao_atletica_totoro_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3633/projeto_d._legislativo_no_037_-_concede_condecoracao_atletica_toitoro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3634/projeto_d._legislativo_no_039_-_concede_condecoracao_atletica_totoro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/17/comenda_literaria_poeta_luiz_carlos_guimaraes_-_iara.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/18/paulo_heroncio_-_marcelo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/33/concede_o_titulo_de_cidadania_alexandre.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/45/titulo_de_cidadania_curraisnovense_-_edinete_heloisa_souza_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/46/titulo_de_cidadania_curraisnovense_-_jean_paul_prates.docx.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/51/titulo_de_honra_ao_merito_professor_antonio_quintino_filho-simao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/131/projeto_de_decreto_cidadania_curraisnovense_marcelo_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/132/projeto_de_decreto_amigo_da_cidade__maria_de_lourdes_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/133/projeto_de_decreto_cidadania_curraisnovense_ana_celia_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/134/projeto_de_decreto_cidadania_curraisnovense_klarisson_felipe_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3959/processo__no_199_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3960/processo__no_530__-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3961/processo__no_641_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3962/processo_no_749_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3963/processo_no_932_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3964/processo_no_0949_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3965/processo_no_1029_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3966/processo_no_1038_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3967/processo_no_1083_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3968/processo_no_1096_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3969/processo_no_1354_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3970/processo_no_1518_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3971/processo_no_1627_-_ao_presidente_da_camara_m._de_c._novos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3972/processo_no_1676_-_ao_presidente_da_mesa_diretora_da_cmcn.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3973/processo_no_1799_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3974/processo_no_1897_-_ao_presidente_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3975/processo_no_2015_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3976/processo_no_2159_-_ao_presidente_da_cmcn.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3977/processo_no_2683_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3978/processo_no_2773_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3979/processo_no_3099_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3980/processo_no_3528_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/3981/processo_no_3536_-_ao_presidente_da_camarfa_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/48/informacao_emenda_parlamentar_tomografo_computadorizado_de_32_cortes_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_001_-_saldo_de_dezembro_seja_revertido_em_cestas_natalinas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5643/processo_no_2779_-_ao_prefeiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5644/processo_no_2812_-_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5645/processo_no_2813_-_ao_deputado_federal_joao_maia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5646/processo_no_2839_-_ao_secretario_m._de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/5647/processo_no_2840_-_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/15/indicacao_151_-_arborizacao_praca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/34/emenda_pavimentacao_rua_tomaz_galvao_157_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/35/emenda_pavimentacao_rua_lourival_lourenco_dantas_158_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/36/emenda_pavimentacao_rua_frei_damiao_159_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/37/emenda_pavimentacao_asfaltica_sao_rafael_160_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/38/emenda_pavimentacao_asfaltica_sao_sebastiao_161_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/39/emenda_passagem_molhada_sao_luiz_162_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/40/emenda_passagem_molhada_sao_rafael_163_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/41/emenda_construcao_e_implantacao_de_um_galpao_industrial_166assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pavimentacao_sao_rafael_federal_164_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/43/pavimentacao_sao_sebastiao_federal_165_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/47/poda_de_arvore_dr_jose_borges_167_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_153_-_aquisicao_de_moto_agentes_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_152_-_contrucao_campo_de_futebol_society.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_154_-_reforma_da_cobertura_e_troca_das_redes_da_quadra_do_gilson_firmino.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_no_92_-_reforma_e_revitalizacao_do_centro_de_multiplo_uso.docx.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_banhiero_da_feira_2022_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_intalacao_internet_totoro_e_trangola_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_156_-_revitalizacao_e_arborizacao_da_pracinha_na_rua_stoessel_augusto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/126/ind._instalado_um_espaco_para_receber_possiveis_pacientes_covid_19_-_168_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/127/publicidade_dos_boletins_epidemiologicos_covid_19_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/138/poda_de_arvore_rua_jose_fernandes2c_nc2ba_12._170_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/16/mocao_de_parabens_026_-_francisca_auta.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/122/mocao_de_parabens_027_-_francisca.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/123/mocao_de_parabens_028_-_ciro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/135/mocao_de_aplausos_ato_de_bravura_francisco_gardiel_de_lima_005.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/136/mocao_de_aplausos_ato_de_bravura_francimar_arimar_da_silva_004.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_de_aplausos_ato_de_bravura_cornelio_alberaci_de_araujo_003.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/19/proposta-de-emenda-no-10-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/20/emenda-impositiva-no-011-ao-pl-no-017.2022-.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/21/emenda-impositiva-no-012-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/22/emenda-impositiva-no-013-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/23/emenda-impositiva-no-014-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/24/emenda-impositiva-no-015-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/25/emenda-impositiva-no-016-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/26/emenda-impositiva-no-017-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/27/emenda-impositiva-no-018-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/28/emenda-impositiva-no-019-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/29/emenda-impositiva-no-020-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/30/emenda-impositiva-no-021-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/31/emenda-impositiva-no-022-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/32/emenda-impositiva-no-023-ao-pl-no-017.2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/49/emenda_impositiva_largo_mariano_guimaraes_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/50/emenda_impositiva_potyguar_assinada.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2022/52/emenda_impositiva_equipamentos_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="176.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="175.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>