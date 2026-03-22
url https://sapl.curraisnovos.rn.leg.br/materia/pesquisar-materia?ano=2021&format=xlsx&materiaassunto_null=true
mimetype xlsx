--- v0 (2025-12-08)
+++ v1 (2026-03-22)
@@ -54,2724 +54,2724 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Poder Legislativo</t>
   </si>
   <si>
     <t>Ezequiel Pereira</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3492/p._de_lei_no_001_-_institui_a_campanha_de_informacao__prevencao_e_combate_a_depressao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3492/p._de_lei_no_001_-_institui_a_campanha_de_informacao__prevencao_e_combate_a_depressao.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de Informação, Prevenção e Combate à Depressão no município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3493/p._de_lei_no_002_-_institui_o_selo_incentivador_da_advocacia_iniciante.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3493/p._de_lei_no_002_-_institui_o_selo_incentivador_da_advocacia_iniciante.pdf</t>
   </si>
   <si>
     <t>Institui o selo Incentivador da Advocacia Iniciante no municíipio de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3494/p._de_lei_no_004_-_institui_o_programa_alimentos_para_todos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3494/p._de_lei_no_004_-_institui_o_programa_alimentos_para_todos.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Alimento para Todos e dispõe sobre o combate ao desperdício de mantimentos e a doação de excedentes de alimentos próprios para o consumo humano no âmbito do município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3495/p._de_lei_no_005_-_institui_a_criacao_do_programa_de_tratamento_psicosocial.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3495/p._de_lei_no_005_-_institui_a_criacao_do_programa_de_tratamento_psicosocial.pdf</t>
   </si>
   <si>
     <t>Institui a criação do programa de Tratamento Psicossocial para homens que cometam violência com enfoque de gênero e/ou orientação sexual, com a finalidade de proporcionar-lhes recuperação e tratamento multidisciplinar no município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>João Gustavo</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3496/p._de_lei_no_007_-_autoriza_a_reducao_na_rserva_nao_edificavel_ao_longo_das_brs_226_e427.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3496/p._de_lei_no_007_-_autoriza_a_reducao_na_rserva_nao_edificavel_ao_longo_das_brs_226_e427.pdf</t>
   </si>
   <si>
     <t>Autoriza a redução da reserva não edificável ao longo da BR 226 e 427, na área urbana do município de Currais Novos, assegurando o direito de permanência de edificações na faixa de dominío público, abertura de rua lateral e dá outras providências.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Jorian Santos</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3497/p._de_lei_no_008_-_cria_o_nucleo_de_formacao_tecnica__no_ambito_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3497/p._de_lei_no_008_-_cria_o_nucleo_de_formacao_tecnica__no_ambito_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Cria o Núcleo de Formação Técnico, Adminsitrativa e Cidadã no âmbito da Câmara Municipal de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Daniel Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Combate ao Feminicídio e à Violência Contra a Mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Mattson Ranier</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3499/p._de_lei_no_010_-_torna_o_nucleo_de_cidadania_dos_adolescentes_em_politicas_p._permanente_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3499/p._de_lei_no_010_-_torna_o_nucleo_de_cidadania_dos_adolescentes_em_politicas_p._permanente_.pdf</t>
   </si>
   <si>
     <t>Torna o Núcleo de Cidadania dos Adolescentes em política pública permanente e dá outras providências.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3500/p._de_lei_no_011_-_institui_o_programa_de_incentivo_a_construcao_de_fossa_ecologicas_no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3500/p._de_lei_no_011_-_institui_o_programa_de_incentivo_a_construcao_de_fossa_ecologicas_no_municipio.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Construção de Fossas Ecológicas nas novas unidades habitacionais a serem construídas, como também a substituição das fossas sépticas já existentes nas residências de nosso município.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>João Gustavo, Jorian Santos, Mattson Ranier</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3501/p._de_lei_no_012_-_reconhece_a_educacao_como_atividade_essencial__no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3501/p._de_lei_no_012_-_reconhece_a_educacao_como_atividade_essencial__no_municipio.pdf</t>
   </si>
   <si>
     <t>Reconhece a educação como atividade essencial e autoriza o Poder Executivo Municipal a estabelecer diretrizes e normas para a inclusão de ensino híbrido, metodologia que combina ensino presencial e não presencial com aporte das TIDCs e de outros recursos, na rede municipal de ensino público e privado do município de Currais Novos durante a pandemia da Covid-19 e dá outras providências.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3502/p._de_lei_no_013_-_dispoe_sobre_a_criacao_do_memorial_em_homenagem_as_vitimas_do_corona_virus.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3502/p._de_lei_no_013_-_dispoe_sobre_a_criacao_do_memorial_em_homenagem_as_vitimas_do_corona_virus.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Memorial em homenagem às vítimas do novo coronavírus no município de Currais Novos.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Leilza Palmeira</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3503/p._de_lei_no_014_-_denomina_de_margarida_pedro_cavalcantge_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3503/p._de_lei_no_014_-_denomina_de_margarida_pedro_cavalcantge_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Margarida Pedro Cavalcante a atual Rua Projetada situada na posição paralela à Rua João de Deus Correia de Melo, no Bairro Prefeito José Dantas de Araújo no município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3504/p._de_lei_no_015_-_estabelece_as_atividades_religiosas_em_igrejas_e_templos_de_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3504/p._de_lei_no_015_-_estabelece_as_atividades_religiosas_em_igrejas_e_templos_de_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Estabelece as atividades religiosas presenciais em igrejas, templos e espaços religiosos de qualquer culto como atividade essencial em período de calamidade pública e pandemia no município de Currais Novos e dá outras providências.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3505/p._de_lei_no_016_-_denomina_de_fco_moreira_dantas_uma_rua_projestada_nesta_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3505/p._de_lei_no_016_-_denomina_de_fco_moreira_dantas_uma_rua_projestada_nesta_cidade_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Francisco Moreira Dantas a Rua Projetada Nº 08 localizada entre os lotes B e F no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3506/p._de_lei_no_017_-_denomina_de_profa_helena_f._de_souza_uma_rua_projetada_nesta_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3506/p._de_lei_no_017_-_denomina_de_profa_helena_f._de_souza_uma_rua_projetada_nesta_cidade_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Prof.ª Helena Ferreira de Souza a Rua Projetada Nº 06 localizada entre os lotes B e F no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3507/p._de_lei_no_018_-_dispoe_sobre_a_criacao_do_cmpda_no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3507/p._de_lei_no_018_-_dispoe_sobre_a_criacao_do_cmpda_no_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Proteção e Defesa dos Animais - CMPDA, no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3508/p._de_lei_no_019_-_torna_de_utilidade_publica_a_escolinha_do_ninha.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3508/p._de_lei_no_019_-_torna_de_utilidade_publica_a_escolinha_do_ninha.pdf</t>
   </si>
   <si>
     <t>Torna de utilidade pública a Associação Desportiva e Cultural Escolinha do Ninha, e dá outras providências.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Sebastião Cabral</t>
   </si>
   <si>
     <t>Denomina de Manoel Severino da Silva (Manoel Burrego) a Rua Projetada Nº 24 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3510/p._de_lei_no_021_-_denomina_de_valdemar_mascena_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3510/p._de_lei_no_021_-_denomina_de_valdemar_mascena_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Valdemar Macena a Rua Projetada Nº 23 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Iranilson Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3511/p._de_lei_no_022_-_denomina_de_servulo_vieira_de_medeiros_uma_rua_projetada__nesta_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3511/p._de_lei_no_022_-_denomina_de_servulo_vieira_de_medeiros_uma_rua_projetada__nesta_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Sérvulo Vieira de Medeiros a Rua Projetada Nº 26 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>G. Charles</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3512/p._de_lei_no_023_-_autoriza_a_instituir_o_programa_de_atendimento_domiciliar_ao_idoso.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3512/p._de_lei_no_023_-_autoriza_a_instituir_o_programa_de_atendimento_domiciliar_ao_idoso.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa de Atendimento Domiciliar ao Idoso - PADI no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3513/p._de_lei_no_024_-_cria_a_comemda_literaia_poeta_luiz_carlos_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3513/p._de_lei_no_024_-_cria_a_comemda_literaia_poeta_luiz_carlos_guimaraes.pdf</t>
   </si>
   <si>
     <t>Cria a Comenda Literária Poeta Luís Carlos Guimarães no âmbito da Câmara Municipal de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3514/p._de_lei_no_025_-_denomina_de__de_fco_bezerra_de_medeiros_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3514/p._de_lei_no_025_-_denomina_de__de_fco_bezerra_de_medeiros_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Francisco Bezerra de Medeiros a Rua Projetada Nº 19 localizada entre as quadras Número 18 e 19 no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3660/p._de_lei_no_026_-_denomina_de_alison_jose_porfirio_uma_rua_projetada_nesta_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3660/p._de_lei_no_026_-_denomina_de_alison_jose_porfirio_uma_rua_projetada_nesta_cidade_.pdf</t>
   </si>
   <si>
     <t>Denomina de Alyson José Porfírio a Rua Projetada Nº 25 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3661/p._de_lei_no_027_-_denomina_de_fco_lino_bezerra_neto_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3661/p._de_lei_no_027_-_denomina_de_fco_lino_bezerra_neto_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisco Lino Bezerra Neto (Irmão Lino) a Rua Projetada perpendicular à Rua Iracema Emília Dantas, situada em terras do DNOCS, no Bairro Manoel Salustino, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3662/p._de_lei_no_028_-_institui_o_projeto_grafite_no_municipio_de_currais_novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3662/p._de_lei_no_028_-_institui_o_projeto_grafite_no_municipio_de_currais_novos.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Grafite no município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Cleyber Trajano</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3663/p._de_lei_no_029_-_institui_o_programa_de_oferta_de_emprego_a_mulher.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3663/p._de_lei_no_029_-_institui_o_programa_de_oferta_de_emprego_a_mulher.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa de Priorização da Oferta de Emprego à Mulher Chefe de Família Desempregada no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3664/p._de_lei_no_030_-_denomina_de_maria_mouca_uma_rua_projetada_em_nossa_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3664/p._de_lei_no_030_-_denomina_de_maria_mouca_uma_rua_projetada_em_nossa_cidade_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Maria Mouca a Rua Projetada Nº 28 do Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3665/p._de_lei_no_031_-_denomina_de_dona_nina_uma_rua_projetada_em_nossa_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3665/p._de_lei_no_031_-_denomina_de_dona_nina_uma_rua_projetada_em_nossa_cidade_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Dona Nina a Rua Projetada Nº 07 localizada entre as quadras 09 e 10 no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3666/p._de_lei_no_032_-_denomina_de_benedito_lopes_de_macedo_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3666/p._de_lei_no_032_-_denomina_de_benedito_lopes_de_macedo_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Benedito Lopes de Macedo a Rua Projetada Nº 17, situada entre as quadras 22 e 23 no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3667/p._de_lei_no_033_-_institui_o_programa_biblioteca_para_todos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3667/p._de_lei_no_033_-_institui_o_programa_biblioteca_para_todos.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Biblioteca para Todos e incentiva a criação de bibliotecas comunitárias e dá outras providências.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3668/p._de_lei_no_034_-_denomina_de_francisco_faustino_uma_rua_projetada_em_nossa_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3668/p._de_lei_no_034_-_denomina_de_francisco_faustino_uma_rua_projetada_em_nossa_cidade_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de Francisco Faustino a Rua Projetada Nº 12 situada entre as quadras 10e 14 no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3669/p._de_lei_no_035_-_institui_o_centro_historico_do_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3669/p._de_lei_no_035_-_institui_o_centro_historico_do_municipio.pdf</t>
   </si>
   <si>
     <t>Institui o Centro Histórico do município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3670/p._de_lei_no_036_-_institui_a_comenda_professor_destaque.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3670/p._de_lei_no_036_-_institui_a_comenda_professor_destaque.pdf</t>
   </si>
   <si>
     <t>Institui a Comenda Professor Destaque que se destina a homenagear os professores das instituições de ensino sediadas no município.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3671/p._de_lei_no_037_-_institui_a_comenda_aluno_nota_dez.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3671/p._de_lei_no_037_-_institui_a_comenda_aluno_nota_dez.pdf</t>
   </si>
   <si>
     <t>Institui a Comenda Aluno Nota Dez, destinada a homenagear alunos com excepcional desempenho acadêmico.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3672/p._de_lei_no_039_-_institui_no_calenario_oficial_de_eventos_o_dia_do_feirante.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3672/p._de_lei_no_039_-_institui_no_calenario_oficial_de_eventos_o_dia_do_feirante.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir no Calendário Oficial de Datas e Eventos do Município de Currais Novos o Dia do Feirante, e dá outras providências.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3673/p._de_lei_no_040_-_autoriza_instituir_a_obrigatoriedade_do_ensino_de_nocoes_basicas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3673/p._de_lei_no_040_-_autoriza_instituir_a_obrigatoriedade_do_ensino_de_nocoes_basicas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir a obrigatoriedade do ensino de noções básicas sobre a Lei Nº 11.340 - Lei Maria da Penha - nas escolas públicas do município de Currais Novos/RN, e contém outras providências.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3674/p._de_lei_no_041_-_denomina_de_otilia_batista_lucena_rua_projetada_em_nossa_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3674/p._de_lei_no_041_-_denomina_de_otilia_batista_lucena_rua_projetada_em_nossa_cidade_.pdf</t>
   </si>
   <si>
     <t>Denomina de Otília Batista de Lucena a Rua Projetada Nº 22 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3675/p._de_lei_no_042_-_denomina_de_gercina_alves_bezerra_uma_rua_projetada_em_nossa_cidade_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3675/p._de_lei_no_042_-_denomina_de_gercina_alves_bezerra_uma_rua_projetada_em_nossa_cidade_.pdf</t>
   </si>
   <si>
     <t>Denomina de Gercina Alves Bezerra a Rua Projetada Nº 21 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3676/p._de_lei_no_043_-_denomina_de_manoel_augusto_dameida_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3676/p._de_lei_no_043_-_denomina_de_manoel_augusto_dameida_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Manoel Augusto D'Almeida a Rua Projetada Nº 14 localizada no Loteamento Alto do Seridó, no Sítio Totoró de Baixo, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3677/p._de_lei_no_044_-_institui_o_treinamento_de_pais_de_recem-nascidos_nas_maternidades.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3677/p._de_lei_no_044_-_institui_o_treinamento_de_pais_de_recem-nascidos_nas_maternidades.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir treinamentos de pais de recém-nascidos nos hospitais e maternidades para socorro em caso de engasgos e prevenção de morte súbita no âmbito do município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3678/p._de_lei_no_045_-_denomina_de_durval_j._dantas_uma_rua_projetada_em_nossa_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3678/p._de_lei_no_045_-_denomina_de_durval_j._dantas_uma_rua_projetada_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Durval José Dantas a Rua Projetada Nº 15 localizada no Loteamento Alto do Seridó, no Sítio Totoró de Baixo, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>João Gustavo, Mattson Ranier</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3679/p._de_lei_no_046_-_dispoe_sobre_o_turismo_cultural_e_historico_nas_escolas_municipais.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3679/p._de_lei_no_046_-_dispoe_sobre_o_turismo_cultural_e_historico_nas_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Turismo Cultural e Histórico nas escolas da rede pública no município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3680/p._de_lei_no_047_-_reconhece_a_visao_monocular_como_deficiencia_visual.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3680/p._de_lei_no_047_-_reconhece_a_visao_monocular_como_deficiencia_visual.pdf</t>
   </si>
   <si>
     <t>Reconhece a visão monocular como deficiência visual no âmbito do município de Currais Novos.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3681/p._de_lei_no_048_-_dispoe_sobre_a_realizacao_de_curso_de_primeiros__socorros.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3681/p._de_lei_no_048_-_dispoe_sobre_a_realizacao_de_curso_de_primeiros__socorros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de realização de cursos de primeiros socorros para servidores e professores das escolas e centros de educação infantil no município de Currais Novos e contém outras providências.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3682/p._de_lei_no_049_-_autoriza_a_instituir_programa_municipal_de_incentivo_as_atividades_industriais.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3682/p._de_lei_no_049_-_autoriza_a_instituir_programa_municipal_de_incentivo_as_atividades_industriais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa Municipal de Incentivos destinado ao desenvolvimento das atividades industriais, agroindustriais e de serviços no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3691/p._de_lei_no_050_-_denomina_de_fca_francibete_galvao_galega_de_zalu_uma_rua_nesta_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3691/p._de_lei_no_050_-_denomina_de_fca_francibete_galvao_galega_de_zalu_uma_rua_nesta_cidade.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisca Francinete Galvão (Galega de Zalu) a Rua Projetada Nº 13 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassimiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3692/p._de_lei_no_051_-_institui_a_campanha_de_conscientizacao_da_doacao_de_sangue_e_de_mendula_ossea_no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3692/p._de_lei_no_051_-_institui_a_campanha_de_conscientizacao_da_doacao_de_sangue_e_de_mendula_ossea_no_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha de Fomento à Conscientização da Importância da Doação de Sangue e Medula Óssea no município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3693/p._de_lei_no_052_-_altera_o_art._lo_da_lei_municipal_no_1.639.2004.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3693/p._de_lei_no_052_-_altera_o_art._lo_da_lei_municipal_no_1.639.2004.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Nº 1.639/2004, que trata da instituição do Dia Municipal de Luta das Pessoas Portadoras de Deficiência no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3694/p._de_lei_no_053_-_institui_o_banco_de_racao_para_animais_no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3694/p._de_lei_no_053_-_institui_o_banco_de_racao_para_animais_no_municipio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Banco de Ração para Animais, no município de Currais Novos e dá outras providências.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3695/p._de_lei_no_054_-_dispoe_sobre_regras_para_smart_city.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3695/p._de_lei_no_054_-_dispoe_sobre_regras_para_smart_city.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regras para Smart City (Cidades Inteligentes), e dá outras providências.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDR</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3696/p._de_lei_no_055_-_altea_a_redacao_do__2o_do_art._6o_da_lei_no_3.377_de_17_de_julho_de_2018.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3696/p._de_lei_no_055_-_altea_a_redacao_do__2o_do_art._6o_da_lei_no_3.377_de_17_de_julho_de_2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do §2º do art. 6º, da Lei Nº 3.377, de 17 de julho de 2018.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3697/p._de_lei_no_056_-_dispoe_sobre_o_setembro_cidadao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3697/p._de_lei_no_056_-_dispoe_sobre_o_setembro_cidadao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Setembro Cidadão e dá outras providências.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3698/p._de_lei_no_057_-_dispoe_sobre_a_criacao_do_programa_de_prognostico_e_disgnostico_do_autismo.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3698/p._de_lei_no_057_-_dispoe_sobre_a_criacao_do_programa_de_prognostico_e_disgnostico_do_autismo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Prognóstico e Diagnóstico do Autismo e de outras deficiências na rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Lucieldo da Silva</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3699/p._de_lei_no_058_-_institui_a_politica_municipal_de_energia_solar_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3699/p._de_lei_no_058_-_institui_a_politica_municipal_de_energia_solar_.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Energia Solar da cidade de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3700/p._de_lei_no_059_-_denomina_rua_de_adauto_dias.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3700/p._de_lei_no_059_-_denomina_rua_de_adauto_dias.pdf</t>
   </si>
   <si>
     <t>Denomina de Adauto Diaso a Rua Projetada Nº 09 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassemiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3701/p._de_lei_no_060_-_institui_a_garantia_de_aquisicao_de_livros_para_alunos_deficientes_visuais.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3701/p._de_lei_no_060_-_institui_a_garantia_de_aquisicao_de_livros_para_alunos_deficientes_visuais.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir a garantia de aquisição de livros para alunos deficientes visuais no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3702/p._de_lei_no_061_-_institui_o_programa_municipal_de_prevencao_de_incendio_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3702/p._de_lei_no_061_-_institui_o_programa_municipal_de_prevencao_de_incendio_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa Municipal de Prevenção de Incêndio e Situações de Risco Iminente nas instituições de ensino no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3703/p._de_lei_no_063_-_denomina_de_jao_g._alves_de_mourajoao_doido_uma_rua_nesta_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3703/p._de_lei_no_063_-_denomina_de_jao_g._alves_de_mourajoao_doido_uma_rua_nesta_cidade.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a denominar de João Genival Alves de Moura (João Doido) a Rua Projetada Nº 11 localizada no Loteamento Alto do Seridó, no Bairro Geraldo Cassimiro, município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3704/p._de_lei_no_064_-_institui_o_programa_de_incentivo_a_avicultura_e_piscicultura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3704/p._de_lei_no_064_-_institui_o_programa_de_incentivo_a_avicultura_e_piscicultura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa de Incentivo à Avicultura e Piscicultura no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3705/p._de_lei_no_065_-_dispoe_sobre_a_implantacao_de_equipe_de_brigada_civil.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3705/p._de_lei_no_065_-_dispoe_sobre_a_implantacao_de_equipe_de_brigada_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de equipes de brigada civil de emergência, composta por Bombeiro Civil, aos estabelecimentos que a lei menciona.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3706/p._de_lei_no_066_-_institui_a_campanha_permananete_para_doacao_de_leite_materno.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3706/p._de_lei_no_066_-_institui_a_campanha_permananete_para_doacao_de_leite_materno.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de Conscientização para doação de leite materno no âmbito do município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3707/p._de_lei_no_067_-_institui_a_cmpanha_agosto_verde_neste_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3707/p._de_lei_no_067_-_institui_a_cmpanha_agosto_verde_neste_municipio.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Agosto Verde de conscientização do uso saudável das redes sociais e combate ao cyberbullyng e dá outras providências.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3708/p._de_lei_no_068_-_institui_o_programa_municipal_de_distribuicao_de_absorventes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3708/p._de_lei_no_068_-_institui_o_programa_municipal_de_distribuicao_de_absorventes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o Programa de Distribuição de Absorventes Higiênicos, Portetores e Coletores a toda e qualquer pessoa que menstrue e que esteja em situação de vulnerabilidade social e econômica, e dá outras providências.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3722/p._de_lei_no_069_-_autoriza_o_poder_e._municipal_a_instituir_o_pragrama_vale_gas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3722/p._de_lei_no_069_-_autoriza_o_poder_e._municipal_a_instituir_o_pragrama_vale_gas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir o "Programa Vale Gás" no município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3723/p._de_lei_no_070_-_cria_o_programa_bairro_saudavel.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3723/p._de_lei_no_070_-_cria_o_programa_bairro_saudavel.pdf</t>
   </si>
   <si>
     <t>Cria o programa Bairro Saudável no município de Currais Novos e dá outras providências.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3724/p._de_lei_no_071_-_institui_a_politica_municipal_infancia_sem_pornografia.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3724/p._de_lei_no_071_-_institui_a_politica_municipal_infancia_sem_pornografia.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal Infância sem Pornografia, conexa a diretrizes para a prestação do serviço público consentido à proteção de crianças, adolescentes e tutores legais.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3725/p._de_lei_no_072_-_dispoe_sobre_a_contratacao_de_pessoas_em_situacao_de_rua_ou_desempregado_por_3_meses.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3725/p._de_lei_no_072_-_dispoe_sobre_a_contratacao_de_pessoas_em_situacao_de_rua_ou_desempregado_por_3_meses.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de contratação de pessoas em situação de rua ou em situação de desemprego por mais de 03 anos pelas empresas vencedoras de licitação pública no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3726/p._de_lei_no_073_-_institui_o_programa_de_incentivo_a_pratica_de_e._fisica.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3726/p._de_lei_no_073_-_institui_o_programa_de_incentivo_a_pratica_de_e._fisica.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa de Incentivo à Prática de Educação Física Adaptada para Estudantes com Deficiências no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3727/p._de_lei_no_075_-_institui_a_semana_da_doacao_de_livros_-_22_a_28_de_abril.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3727/p._de_lei_no_075_-_institui_a_semana_da_doacao_de_livros_-_22_a_28_de_abril.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Doação de Livros, dos dias 22 a 28 de abril, no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3729/p._de_lei_no_076_-_institui_programa_de_arborizacao_urbana_no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3729/p._de_lei_no_076_-_institui_programa_de_arborizacao_urbana_no_municipio.pdf</t>
   </si>
   <si>
     <t>Institui programa municipal de arborização urbana no município e dá outras providências.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3730/p._de_lei_no_077_-_institui_na_rede_m._de_educacao_o_programa_jovem_agricultor.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3730/p._de_lei_no_077_-_institui_na_rede_m._de_educacao_o_programa_jovem_agricultor.pdf</t>
   </si>
   <si>
     <t>Institui na rede municipal de educação o programa Jovem Agricultor nas escolas municipais da zona rural de Currais Novos e dá outras providências.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3731/p._de_lei_no_078_-_institui_o_calendario_oficial_de_eventos_do_municipio_-_setembro_dourado.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3731/p._de_lei_no_078_-_institui_o_calendario_oficial_de_eventos_do_municipio_-_setembro_dourado.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Currais Novos o Setembro Dourado, e dá outras providências.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3732/p._de_lei_no_079_-_declara_patrimonio_c._imaterial_a_obra_de_jose_b._gomes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3732/p._de_lei_no_079_-_declara_patrimonio_c._imaterial_a_obra_de_jose_b._gomes.pdf</t>
   </si>
   <si>
     <t>Declara como Patrimônio Cultural Imaterial do município de Currais Novos a obra literária de José Bezerra Gomes e dá outrasd providências.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3733/p._de_lei_no_080_-_torna_de_utilidade_publica_a_associacao_de_p._rurais_de_malhada_de_dentro.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3733/p._de_lei_no_080_-_torna_de_utilidade_publica_a_associacao_de_p._rurais_de_malhada_de_dentro.pdf</t>
   </si>
   <si>
     <t>Torna de utilidade pública a Associação de Produtores Rurais da Melhada de Dentro e Adjacências, e dá outras providências.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3734/p._de_lei_no_081_-_torna_de_utilidade_publica_a_associacao_dos_produtores_rurais_da_comunidade_maxinare.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3734/p._de_lei_no_081_-_torna_de_utilidade_publica_a_associacao_dos_produtores_rurais_da_comunidade_maxinare.pdf</t>
   </si>
   <si>
     <t>Torna de utilidade pública a Associação dos Produtores Rurais da Comunidade Maxinaré, e dá outras providências.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3736/p._de_lei_no_082_-_dispoe_sobre_o_portal_da_transparencia_da_qualidade_de_ensino_das_escolas_da_rede_m._de_ensino.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3736/p._de_lei_no_082_-_dispoe_sobre_o_portal_da_transparencia_da_qualidade_de_ensino_das_escolas_da_rede_m._de_ensino.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Portal da Transparência da Qualidade do Ensino das escolas públicas da rede municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3737/p._de_lei_no_083_-_dispoe_sobre_o_censo_inclusao_e_seus_objetivos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3737/p._de_lei_no_083_-_dispoe_sobre_o_censo_inclusao_e_seus_objetivos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Censo Inclusão e seus objetivos e dá outras providências.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3738/p._de_lei_no_084_-_institui_o_programa_de_adocao_de_placas_de_nomeclatura_de_logradouros.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3738/p._de_lei_no_084_-_institui_o_programa_de_adocao_de_placas_de_nomeclatura_de_logradouros.pdf</t>
   </si>
   <si>
     <t>Institui o programa de Adoção de Placas de Nomenclatura de Logradouros no âmbito do município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3739/p._de_lei_no_085_-_institui_a_criacao_do_posto_de_coleta_de_leite_humano_no_municipio_de_currais_novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3739/p._de_lei_no_085_-_institui_a_criacao_do_posto_de_coleta_de_leite_humano_no_municipio_de_currais_novos.pdf</t>
   </si>
   <si>
     <t>Institui no município de Currais Novos a criação de posto de coleta de leite humano na cidade de Currais Novos/RN.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3740/p._de_lei_no_086_-_dispoe_sobre_a_presenca_de_guia_ou_condutor_turisco_local.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3740/p._de_lei_no_086_-_dispoe_sobre_a_presenca_de_guia_ou_condutor_turisco_local.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da presença de guia ou condutor de turismo local em grupos ou excursões de turistas no território municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Edmilson Sousa</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3742/p._de_lei_no_087_-_autoria_efetuar_o_realinhamenmto_e_parte_da_rua_do_petroleo_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3742/p._de_lei_no_087_-_autoria_efetuar_o_realinhamenmto_e_parte_da_rua_do_petroleo_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar o realinhamento de parte da Rua do Petróleo, obedecendo ao alinhamento da Escola Estadual Professora Ester Galvão, Bairro JK, na zona urbana do município de Currais Novos/RN.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3744/p._de_lei_no_088_-_cria_o_selo_amigo_da_cultura_maria_jose_mamede_galvao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3744/p._de_lei_no_088_-_cria_o_selo_amigo_da_cultura_maria_jose_mamede_galvao.pdf</t>
   </si>
   <si>
     <t>Cria o Selo Amigo da Cultura Maria José Mamede Galvão e dá outras providências</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3745/p._de_lei_no_089_-_institui_o_dia_mundial_do_agente_comunitario_e_de_endemias.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3745/p._de_lei_no_089_-_institui_o_dia_mundial_do_agente_comunitario_e_de_endemias.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Agente Comunitário de Saúde e do Agente de Combate a Endemias, e dá outras providências.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3748/p._de_lei_no_090_-_estabelece_a_adocao_de_medidas_de_auxilio_a_mulher_que_se_sinta_em_situacao_de_risco..pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3748/p._de_lei_no_090_-_estabelece_a_adocao_de_medidas_de_auxilio_a_mulher_que_se_sinta_em_situacao_de_risco..pdf</t>
   </si>
   <si>
     <t>Estabelece a adoção de medidas de auxílio à mulher que se sinta em situações de risco, importunação ou assédio sexual em estabelecimentos públicos, lojas de departamentos, academias, restaurantes, bares, casas noturnas e congêneres, e dá outras providências.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3749/p._de_lei_no_091_-_dispoe_sobre_a_criacao_do_programa_de_prevencao_a_obesidade_no_municipio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3749/p._de_lei_no_091_-_dispoe_sobre_a_criacao_do_programa_de_prevencao_a_obesidade_no_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Prevenção da Obesidade Infantil na rede municipal de ensino de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3750/p._de_lei_no_092_-_dispoe_sobbre_a_vedacao_para_empregos_publicos_de_pessoas_condenadas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3750/p._de_lei_no_092_-_dispoe_sobbre_a_vedacao_para_empregos_publicos_de_pessoas_condenadas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação da nomeação ou contratação, para determinados cargos e empregos públicos, de pessoa condenada por crime sexual cometido contra criança ou adolescente.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3751/p._de_lei_no_093_-_institui_o_programa_de_orientacao_e_conscientizacao_e_integracao_de_criancas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3751/p._de_lei_no_093_-_institui_o_programa_de_orientacao_e_conscientizacao_e_integracao_de_criancas.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Orientação, Conscientização e Integração das Crianças com Transtorno do Espectro Autista - TEA no Esporte no âmbito do município de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3752/p._de_lei_no_094_-_institui_a_politica_municipal_de_energia_solar.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3752/p._de_lei_no_094_-_institui_a_politica_municipal_de_energia_solar.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Energia Solar da Cidade de Currais Novos/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3753/p._de_lei_no_095_-_autoriza_o_poder_publico_a_instituir_o_dezembro_vermelho_no_m._de_c._novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3753/p._de_lei_no_095_-_autoriza_o_poder_publico_a_instituir_o_dezembro_vermelho_no_m._de_c._novos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Dezembro Vermelho, mês dedicado à Campanha Municipal de Preveção de HIV/AIDS e outras infecções sexualmente transmissíveis, no município de Currais Novos, e dá outras providências.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3754/p._de_lei_no_096_-_torna_de_utilidade_publica_a_associacao_dos_p._rurais_de_sao_sebastiao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3754/p._de_lei_no_096_-_torna_de_utilidade_publica_a_associacao_dos_p._rurais_de_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>Torna de Utilidade Pública a Associação dos Produtores Rurais de São Sebastião, e dá outras providências.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3755/p._de_lei_no_097_-_torna_de_u._publica_a_associacao_curraisnovense_de_motocross.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3755/p._de_lei_no_097_-_torna_de_u._publica_a_associacao_curraisnovense_de_motocross.pdf</t>
   </si>
   <si>
     <t>Torna de Utilidade Pública a Associação Curraisnovense de Motocross, e dá outras providências.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3756/p._de_lei_no_098_-_cria_o_bairro_monsenhor_paulo_heroncio_de_melo.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3756/p._de_lei_no_098_-_cria_o_bairro_monsenhor_paulo_heroncio_de_melo.pdf</t>
   </si>
   <si>
     <t>Cria o Bairro Monsenhor Paulo Herôncio de Melo, revogando a Lei Nº 3.609/2020 e alterando a Lei Nº 473/1966, e dá outras providências.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3515/projeto_d._legislativo_no_001_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3515/projeto_d._legislativo_no_001_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Ubaldo Fernandes da Silva.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Amaro Sales de Araújo.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3517/projeto_d._legislativo_no_003_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3517/projeto_d._legislativo_no_003_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Josenilda Alves do Nascimento.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3518/projeto_d._legislativo_no_004_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3518/projeto_d._legislativo_no_004_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Izabel Cristina de Medeiros Dantas.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3519/projeto_d._legislativo_no_005_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3519/projeto_d._legislativo_no_005_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Edrisi de Araújo Fernandes.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3520/projeto_d._legislativo_no_006_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3520/projeto_d._legislativo_no_006_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Elesbão Emanuel Felix dos Santos.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Emanuel Messias Cavalcanti.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3522/projeto_d._legislativo_no_008_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3522/projeto_d._legislativo_no_008_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Francisco Eurico de Oliveira.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3523/projeto_d._legislativo_no_009_-_concede_merito_jose_siderley_de_menezes_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3523/projeto_d._legislativo_no_009_-_concede_merito_jose_siderley_de_menezes_.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. Inácio Araújo (Inácio de Colombita).</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3524/projeto_d._legislativo_no_010_-_concede_merito_desportivo_profo_jorge_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3524/projeto_d._legislativo_no_010_-_concede_merito_desportivo_profo_jorge_guimaraes.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Sr. Hélio Tomaz de Araújo.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3525/projeto_d._legislativo_no_011_-_concede_merito_jose_siderley_de_menezes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3525/projeto_d._legislativo_no_011_-_concede_merito_jose_siderley_de_menezes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. José Leônidas Barbosa Braga.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3526/projeto_d._legislativo_no_012_-_concede_merito_profo_jorge_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3526/projeto_d._legislativo_no_012_-_concede_merito_profo_jorge_guimaraes.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Sr. Manoel Felipe da Silva.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3527/projeto_d._legislativo_no_013_-_concede_merito_jose_siderley_de_menezes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3527/projeto_d._legislativo_no_013_-_concede_merito_jose_siderley_de_menezes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. Pedro Antoniony Araújo da Silva.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3528/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3528/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Natália Bastos Bonavides.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Sr. Renato Abner Medeiros Rocha.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3530/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3530/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Sr. George Costa da Silva.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3531/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3531/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade ao Clube Desbravadores Portais do Céu da Igreja Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3533/projeto_d._legislativo_no_021_-_concede_titulo_de_amigo_da_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3533/projeto_d._legislativo_no_021_-_concede_titulo_de_amigo_da_cidade.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade ao Clube dos Desbravadores Protetores do Sertão da Igreja Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3534/projeto_d._legislativo_no_022_-_concede_titulo_de_amigo_da_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3534/projeto_d._legislativo_no_022_-_concede_titulo_de_amigo_da_cidade.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade ao Clube de Desbravadores Standart da Igreja Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3535/projeto_d._legislativo_no_023_-_concede_titulo_de_amigo_da_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3535/projeto_d._legislativo_no_023_-_concede_titulo_de_amigo_da_cidade.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade ao Clube de Desbravadores Comandos Celestes da Igreja Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3537/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3537/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade à Sra. Leda Nascimento da Silva.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3538/projeto_d._legislativo_no_025_-_concede_merito_auleta_g._pereira.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3538/projeto_d._legislativo_no_025_-_concede_merito_auleta_g._pereira.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Auleta Galvão Pereira à Sra. Solange Maria de Medeiros.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3542/projeto_d._legislativo_no_026_-_concede_t._de_h._ao_merito_jose_s._de_menezes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3542/projeto_d._legislativo_no_026_-_concede_t._de_h._ao_merito_jose_s._de_menezes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. João Maria Bezerra Júnior.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3540/projeto_d._legislativo_no_027_-_concede_merito_auleta_galvao_pereira.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3540/projeto_d._legislativo_no_027_-_concede_merito_auleta_galvao_pereira.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Auleta Galvão Pereira à Sra. Ana Beatriz da Costa Araújo.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Luiz Benes Leocádio de Araújo.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_d._legislativo_no_029_-_concede_titulo_de_c._curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_d._legislativo_no_029_-_concede_titulo_de_c._curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Yelina Veronika dos Santos e Silva.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_d._legislativo_no_030_-_concede_titulo_de_c._curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_d._legislativo_no_030_-_concede_titulo_de_c._curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Lidiane dos Santos Batista.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_d._legislativo_no_031_-_concede_m._desportivo_prof._jorge_guimaraaes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_d._legislativo_no_031_-_concede_m._desportivo_prof._jorge_guimaraaes.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães à Sra. Ingryd Luana Noberto da Silva.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_d._legislativo_no_032_-_concede_m._despostivo_jorge_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_d._legislativo_no_032_-_concede_m._despostivo_jorge_guimaraes.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Sr. Uemersob Aparecido de Assis.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_d._legislativo_no_033_-_concede_titulo_de_c._curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_d._legislativo_no_033_-_concede_titulo_de_c._curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Thiago Jefferson da Silva.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3553/projeto_d._legislativo_no_034_-_concede_merito_dr._geraldo_rufino_-_ao_sr._leonardo_de_o._pufal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3553/projeto_d._legislativo_no_034_-_concede_merito_dr._geraldo_rufino_-_ao_sr._leonardo_de_o._pufal.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Dr. Geraldo Rufino ao Sr. Leonardo de Oliveira Pufal.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3555/projeto_d._legislativo_no_035_-_concede_m._dr._geraldo_rufio_-_a_sra_izabel_cristina_de_m._dantas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3555/projeto_d._legislativo_no_035_-_concede_m._dr._geraldo_rufio_-_a_sra_izabel_cristina_de_m._dantas.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Dr. Geraldo Rufino à Sra. Izabel Cristina de Medeiros Dantas.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3557/projeto_d._legislativo_no_036_-_concede_titulo_de_c._curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3557/projeto_d._legislativo_no_036_-_concede_titulo_de_c._curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Nickson Barbosa Marinho.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3558/projeto_d._legislativo_no_037_-_dispoe_sobre_a_criacao_do_merito_profo_joabel_rodrigues_de_souza.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3558/projeto_d._legislativo_no_037_-_dispoe_sobre_a_criacao_do_merito_profo_joabel_rodrigues_de_souza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Título de Honra ao Mérito Prof. Joabel Rodrigues de Souza, e dá outras providências.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3560/projeto_d._legislativo_no_038_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3560/projeto_d._legislativo_no_038_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Jaciene Pinheiro dos Santos.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3562/projeto_d._legislativo_no_039_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3562/projeto_d._legislativo_no_039_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Francisco Katson Oliveira Holanda.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3563/projeto_d._legislativo_no_040_-_concede_t._de_cidsadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3563/projeto_d._legislativo_no_040_-_concede_t._de_cidsadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Rogeli Geraldo Gomes da Cunha.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3573/projeto_d._legislativo_no_041_-_concede_m._prof._antonio_quintino_-_a_sra_ma_do_socorro_dos_s._assis.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3573/projeto_d._legislativo_no_041_-_concede_m._prof._antonio_quintino_-_a_sra_ma_do_socorro_dos_s._assis.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Professor Antônio Quintino Filho à Sra. Maria do Socorro dos Santos Assis.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3574/projeto_d._legislativo_no_042_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3574/projeto_d._legislativo_no_042_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. José Marcos Gonçalves de Souza.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3575/projeto_d._legislativo_no_043_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3575/projeto_d._legislativo_no_043_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Márcio Luiz da Silva.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3576/projeto_d._legislativo_no_044_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3576/projeto_d._legislativo_no_044_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. José Adeir de Souza Oliveira.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3577/projeto_d._legislativo_no_045_-_concede_t._de_cidadania.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3577/projeto_d._legislativo_no_045_-_concede_t._de_cidadania.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Shawna Victoria Serpa de Andrade.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3578/projeto_d._legislativo_no_046_-_concede_t._de_cidadania_ao_sr._luiz_gonzaga_garcia.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3578/projeto_d._legislativo_no_046_-_concede_t._de_cidadania_ao_sr._luiz_gonzaga_garcia.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Luiz Gonzaga Garcia.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3579/projeto_d._legislativo_no_047_-_concede_t._de_cidadania_ao_sr._tharcisio_gomes_santiago.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3579/projeto_d._legislativo_no_047_-_concede_t._de_cidadania_ao_sr._tharcisio_gomes_santiago.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Tarcísio Gomes Santiago.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3580/projeto_d._legislativo_no_048_-_concede_t._de_cidadania_ao_sr._israel_caldas_sobrinho.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3580/projeto_d._legislativo_no_048_-_concede_t._de_cidadania_ao_sr._israel_caldas_sobrinho.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Israel Caldas Sobrinho.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3581/projeto_d._legislativo_no_049_-_concede_t._de_cidadania_ao_sr._jose_ari_soares.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3581/projeto_d._legislativo_no_049_-_concede_t._de_cidadania_ao_sr._jose_ari_soares.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. José Ari Soares.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3582/projeto_d._legislativo_no_050_-_concede_t._de_cidadania_a_sra_josefa_de_a._melo_soares.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3582/projeto_d._legislativo_no_050_-_concede_t._de_cidadania_a_sra_josefa_de_a._melo_soares.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Josefa de Araújo Melo soares.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3583/projeto_d._legislativo_no_051_-_concede_c._literaria_luiz_c._guimaraes_a_sra__ma_jose_m._galvao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3583/projeto_d._legislativo_no_051_-_concede_c._literaria_luiz_c._guimaraes_a_sra__ma_jose_m._galvao.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda Literária Luiz Carlos Guimarães à Senhora Maria José Mamede Galvão (in memorian) e dá outras providências.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3584/projeto_d._legislativo_no_052_-_concede_t._de_cidadania_a_sra_elisane_nobrega_c._brito.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3584/projeto_d._legislativo_no_052_-_concede_t._de_cidadania_a_sra_elisane_nobrega_c._brito.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Elisane Nóbrega Chaves Ribeiro.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3585/projeto_d._legislativo_no_053_-_concede_t._de_cidadania_a_sra_ana_m._santana_c._dantas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3585/projeto_d._legislativo_no_053_-_concede_t._de_cidadania_a_sra_ana_m._santana_c._dantas.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Ana Maísa Santana Cavalcante Dantas.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3586/projeto_d._legislativo_no_054_-_concede_t._de_cidadania_ao_sr._marcelo_bezerra_brandao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3586/projeto_d._legislativo_no_054_-_concede_t._de_cidadania_ao_sr._marcelo_bezerra_brandao.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Marcelo Bezerra Brandão.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3587/projeto_d._legislativo_no_055_-_concede_t._de_cidadania_a_sra_walcida__de_c._rocha_brandao.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3587/projeto_d._legislativo_no_055_-_concede_t._de_cidadania_a_sra_walcida__de_c._rocha_brandao.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Walcida de Carvalho Rocha.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3588/projeto_d._legislativo_no_056_-_concede_t._de_cidadania_ao_sr._sinderley_j._bezerra_de_menezes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3588/projeto_d._legislativo_no_056_-_concede_t._de_cidadania_ao_sr._sinderley_j._bezerra_de_menezes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Siderley Jatobá Bezerra de Menezes.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3589/projeto_d._legislativo_no_057_-_concede_t._de_cidadania_ao_sr._edmundo_gentili.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3589/projeto_d._legislativo_no_057_-_concede_t._de_cidadania_ao_sr._edmundo_gentili.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Edmundo Gentile.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_d._legislativo_no_058_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._jose_u._de_oliveira.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_d._legislativo_no_058_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._jose_u._de_oliveira.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Professor José Uilame de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Professor Antônio Quintino Filho ao Sr. Adegilmar Machado da Nóbrega.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_d._legislativo_no_060_-_concede_m._emmanuel_bezerra_dos_santos_-_a_luna_m._silva_de_albuquerque.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_d._legislativo_no_060_-_concede_m._emmanuel_bezerra_dos_santos_-_a_luna_m._silva_de_albuquerque.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Emmanuel Bezerra dos Santos ao Sr. Luan Maykon Silva de Albuquerque.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3635/projeto_d._legislativo_no_061_-_concede_m._mons._paulo_heroncio_-_a_sra_izabel_cristina_m._dantas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3635/projeto_d._legislativo_no_061_-_concede_m._mons._paulo_heroncio_-_a_sra_izabel_cristina_m._dantas.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo à Sra. Izabel Cristina de Medeiros Dantas.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3636/projeto_d._legislativo_no_062_-_concede_m._mons_paulo_heroncio_-_a_sra_alana_de_morais_garcia.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3636/projeto_d._legislativo_no_062_-_concede_m._mons_paulo_heroncio_-_a_sra_alana_de_morais_garcia.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo à Sra. Alana de Moraes Garcia.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3637/projeto_d._legislativo_no_063_-_concede_t._cidadania_-_a_ma_de_fatima_o._matos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3637/projeto_d._legislativo_no_063_-_concede_t._cidadania_-_a_ma_de_fatima_o._matos.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Dr. Geraldo Rufino à Sra. Maria de Fátima Oliviera Matos.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3638/projeto_d._legislativo_no_064_-_concede_t._de_cidadania_a_sra_cleide_de_m._alves_rodrigues.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3638/projeto_d._legislativo_no_064_-_concede_t._de_cidadania_a_sra_cleide_de_m._alves_rodrigues.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Cleide de Medeiros Alves Rodrigues.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3639/projeto_d._legislativo_no_065_-_concede_t._de_cidadania_curraisnovense.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3639/projeto_d._legislativo_no_065_-_concede_t._de_cidadania_curraisnovense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Francisco de Assis Brito.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3640/projeto_d._legislativo_no_066_-_concede_t._de_cidadania_a_sra_iracema_r._dos_santos_brito.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3640/projeto_d._legislativo_no_066_-_concede_t._de_cidadania_a_sra_iracema_r._dos_santos_brito.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Iracema Rosa dos Santos Brito.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_d._legislativo_no_067_-_concede_t._cidadania_-_ao_sr._carlos_a._freire_da_silva.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_d._legislativo_no_067_-_concede_t._cidadania_-_ao_sr._carlos_a._freire_da_silva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Carlos Antônio Freire da Silva.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3642/projeto_d._legislativo_no_068_-_concede_m.__josenildo_paizinho_dantas_-_ao_sr._francisco_p._da_silva.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3642/projeto_d._legislativo_no_068_-_concede_m.__josenildo_paizinho_dantas_-_ao_sr._francisco_p._da_silva.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Joseildo Paizinho Dantas ao Sr. Francisco Pedro da Silva.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3643/projeto_d._legislativo_no_069_-_concede_t._cidadania_ao_sr._nelson_januario_sobrinho.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3643/projeto_d._legislativo_no_069_-_concede_t._cidadania_ao_sr._nelson_januario_sobrinho.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Nelson Januário Sobrinho.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3644/projeto_d._legislativo_no_070_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._maciel_d._de_medeiros.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3644/projeto_d._legislativo_no_070_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._maciel_d._de_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede o Mérito Desportivo Professor Jorge Guimarães ao Sr. Maciel Duarte de Medeiros.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3645/projeto_d._legislativo_no_071_-_concede_m._mons__ausonio_de_araujo_filho_-_ao_sr._janilson_a._de_oliveira.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3645/projeto_d._legislativo_no_071_-_concede_m._mons__ausonio_de_araujo_filho_-_ao_sr._janilson_a._de_oliveira.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Ausônio de Araújo Filho ao Sr. Janilson Alves de Oliviera.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3646/projeto_d._legislativo_no_072_-_concede_t._de_cidadania_ao_sr._janilson_alves_de_oliveira.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3646/projeto_d._legislativo_no_072_-_concede_t._de_cidadania_ao_sr._janilson_alves_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Janilson Alves de Oliveira.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3647/projeto_d._legislativo_no_073_-_concede_t._de_cidadania_ao_sr._railson_da_costa_salustio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3647/projeto_d._legislativo_no_073_-_concede_t._de_cidadania_ao_sr._railson_da_costa_salustio.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Railson da Costa Salusto.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3648/projeto_d._legislativo_no_074_-_concede_t._de_amigo_da_cidade_a_sra_ivania_ma_de_oliveira_torres.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3648/projeto_d._legislativo_no_074_-_concede_t._de_amigo_da_cidade_a_sra_ivania_ma_de_oliveira_torres.pdf</t>
   </si>
   <si>
     <t>Concede Título de Amigo da Cidade à Sra. Ivânia Maria de Oliveira Torres.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3649/projeto_d._legislativo_no_075_-_concede_t._de_amigo_da_cidade_a_sra_marinez_lins_s._januario.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3649/projeto_d._legislativo_no_075_-_concede_t._de_amigo_da_cidade_a_sra_marinez_lins_s._januario.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade à Sra. Marinez Lins Salvino Januário.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3650/projeto_d._legislativo_no_076_-_concede_t._de_amigo_da_cidade_asra_joana_b._da_silva_garcia.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3650/projeto_d._legislativo_no_076_-_concede_t._de_amigo_da_cidade_asra_joana_b._da_silva_garcia.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense à Sra. Joana Bezerra da Silva Garcia.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3651/projeto_d._legislativo_no_077_-_concede_t._de_amigo_da_cidade_a_sra_francisca_f._de_araujo.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3651/projeto_d._legislativo_no_077_-_concede_t._de_amigo_da_cidade_a_sra_francisca_f._de_araujo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade à Sra. Francisca Franssinete de Araújo.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3652/projeto_d._legislativo_no_078_-_concede_merito_mons_paulo_heroncio_-_ao_sr._mairton_d._castelo_branco.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3652/projeto_d._legislativo_no_078_-_concede_merito_mons_paulo_heroncio_-_ao_sr._mairton_d._castelo_branco.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo ao Sr. Mairton Dantas Castelo Branco.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3653/projeto_d._legislativo_no_079_-_concede_merito_jose_siderley_ao_sr._icaro_cesar_c._b._de_medeiros.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3653/projeto_d._legislativo_no_079_-_concede_merito_jose_siderley_ao_sr._icaro_cesar_c._b._de_medeiros.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. Ícaro César Carvalho Batista de Medeiros.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3654/projeto_d._legislativo_no_080_-_concede_t._de_cidadania_-_ao_sr._vicente_paulo_da_silva.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3654/projeto_d._legislativo_no_080_-_concede_t._de_cidadania_-_ao_sr._vicente_paulo_da_silva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Vicente Paulo da Silva.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3655/projeto_d._legislativo_no_081_-_concede_m._jose_sinderley_de_menezes_-_ao_sr._cesar_moreno.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3655/projeto_d._legislativo_no_081_-_concede_m._jose_sinderley_de_menezes_-_ao_sr._cesar_moreno.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito José Siderley de Menezes ao Sr. Messias César Silva Araújo (César Moreno).</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>Cleyber Trajano, Daniel Bezerra, Edmilson Sousa, Ezequiel Pereira, G. Charles, Iranilson Medeiros, João Gustavo, Jorian Santos, Leilza Palmeira, Lucieldo da Silva, Mattson Ranier, Sebastião Cabral</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3656/projeto_d._legislativo_no_082_-_concede_m._mons_p._heroncio_ao_sr._eann_styvenson_v._mendes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3656/projeto_d._legislativo_no_082_-_concede_m._mons_p._heroncio_ao_sr._eann_styvenson_v._mendes.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Honra ao Mérito Monsenhor Paulo Herôncio de Melo ao Sr. Eann Styvenson Valentim Mendes.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3657/projeto_d._legislativo_no_082_-_concede_merito_mons_p._heroncio_ao_senador__eann_styvenson_v._mendes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3657/projeto_d._legislativo_no_082_-_concede_merito_mons_p._heroncio_ao_senador__eann_styvenson_v._mendes.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Currais-Novense ao Sr. Francisco Gilson Bezerra Cavalcante.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3658/projeto_d._legislativo_no_084_-_concede_c._literaria__luiz_c._guimaraes_a_sra_ana_l._de_s._freitas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3658/projeto_d._legislativo_no_084_-_concede_c._literaria__luiz_c._guimaraes_a_sra_ana_l._de_s._freitas.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda Literária Poeta Luís Carlos Guimarães à Sra. Ana Luísa de Souza Freitas.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3659/projeto_d._legislativo_no_085_-_concede_t._de_amigo_da_cidade_a__sra_ma_de_lourdes_dantas.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3659/projeto_d._legislativo_no_085_-_concede_t._de_amigo_da_cidade_a__sra_ma_de_lourdes_dantas.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Amigo da Cidade à Sra. Maria de Lourdes Dantas.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3931/requerimento_-_protocolo_no_77_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3931/requerimento_-_protocolo_no_77_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Implantado na TV Câmara aulas voltadas para o ENEM.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3932/requerimento_-_protocolo_no_318_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3932/requerimento_-_protocolo_no_318_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf</t>
   </si>
   <si>
     <t>Requer que seja reparado e colocado em funcionamento o elevador da Câmara Municipal.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3933/requerimento_-_protocolo_no_390_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3933/requerimento_-_protocolo_no_390_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da calha e telhado do Câmara Municipal.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3934/requerimento_-_protocolo_no_470_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3934/requerimento_-_protocolo_no_470_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de audiência pública para a discussão da municipalização do trênsito.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3935/requerimento_-_protocolo_no_487_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3935/requerimento_-_protocolo_no_487_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de audiência pública para discutir o projeto de lei que autoriza a criação do Distrito Empresarial e estabelece normas para o seu funcionamento.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3936/requerimento_-_protocolo_no_496_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3936/requerimento_-_protocolo_no_496_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de tradução e interpretação em libras de todas as sessões ordinárias e extraordinárias e demais programaçãoes da TV Câmara.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3937/requerimento_-_protocolo_no_559_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3937/requerimento_-_protocolo_no_559_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Inclusão do programa do Núcleo de Cidadania de Adolescentes - NUCA na grade de programação da TV Câmara.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3938/requerimento_-_protocolo_no_611_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3938/requerimento_-_protocolo_no_611_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Disponibilização do veículo desta Casa para colaborar com as fiscalizações para combate ao Covid-19.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3939/requerimento_-_protocolo_no_1296_-_ao_presidente_da_camara_m._de_currisi_novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3939/requerimento_-_protocolo_no_1296_-_ao_presidente_da_camara_m._de_currisi_novos.pdf</t>
   </si>
   <si>
     <t>Implantação de mastros para hasteamento das bandeiras do Brasil, do Estado e do Município na área externa do Poder Legislativo Currais-Novense.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3940/requerimento_-_protocolo_no_1897_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3940/requerimento_-_protocolo_no_1897_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Disponibilização da prestação de contas da Câmara Municipal de Currais Novos referente ao período de janeiro a meio de 2021.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3941/requerimento_-_protocolo_no_2001_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3941/requerimento_-_protocolo_no_2001_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre por parte da Sra. Rayssa Aline Batista de Araújo, com o objetivo de informar e divulgar as ações da Marcha Mundial das Mulheres.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3942/requerimento_-_protocolo_no_2497_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3942/requerimento_-_protocolo_no_2497_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicitação de espaço para realização de curso pela Escola da Assembleia.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3943/requerimento_-_protocolo_no_2498_-_ao_presidente_da_camara.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3943/requerimento_-_protocolo_no_2498_-_ao_presidente_da_camara.pdf</t>
   </si>
   <si>
     <t>Solicitação de espaço para realização da Jornada Potiguar de Educação Parlamentar pela Escola da Assembleia e o oferecimento de coffee break.</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3944/requerimento_-_protocolo_no_2500_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3944/requerimento_-_protocolo_no_2500_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Realização de uma audiência pública para tratar das perspectivas do desenvolvimento econômico e da geração de empregos no município de Currais Novos.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3945/requerimento_-_protocolo_no_2590_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3945/requerimento_-_protocolo_no_2590_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a convocação de Sessão Solene em comemoração aos 30 anos de criação do Conselho Tutelar e do Conselho Municipal de Direitos da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3946/requerimento_-_protocolo_no_2591_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3946/requerimento_-_protocolo_no_2591_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a reinstalação da Frente Parlamentar dos Direitos da Criança e do Adolescente.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3947/requerimento_-_protocolo_no_2614_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3947/requerimento_-_protocolo_no_2614_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Indica a criação de uma frente parlamentar em defesa das mulheres do município de Currais Novos.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3948/requerimento_-_protocolo_no_2835_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3948/requerimento_-_protocolo_no_2835_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilização do auditório.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3949/requerimento_-_protocolo_no_3094_-_ao_presidente_da_camara_municipal_de_currais_novos_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3949/requerimento_-_protocolo_no_3094_-_ao_presidente_da_camara_municipal_de_currais_novos_.pdf</t>
   </si>
   <si>
     <t>Requer o uso da Tribuna Livre para a Sra. Antônia Ivaneide dos Santos Nóbrega - Presidente da APAE.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3950/requerimento_-_protocolo_no_3101_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3950/requerimento_-_protocolo_no_3101_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de Sessão Solene alusiva ao Dia dos Professores.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3951/requerimento_-_protocolo_no_3334_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3951/requerimento_-_protocolo_no_3334_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita autorização para acesso do Clube Desbravadores da Igreja Adventista do Sétimo Dia às dependências da Câmara Municipal de Currais Novos.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3952/requerimento_-_protocolo_no_3369_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3952/requerimento_-_protocolo_no_3369_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita o uso da Tribuna Livre para o Sr. Jailson Noronha Alves, pastor da Igreja Adventista do Sétimo Dia de Currais Novos.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3953/requerimento_-_protocolo_no_3679_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3953/requerimento_-_protocolo_no_3679_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de Sessão Solene em homenagem aos 63 anos da Rádio Currais Novos.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3954/requerimento_-_protocolo_no_4017_-_ao_presidente_da_camara_municipal_de_c._novos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3954/requerimento_-_protocolo_no_4017_-_ao_presidente_da_camara_municipal_de_c._novos.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para discutir a implementação do curso de Engenharia de Produção no campus FELCS/UFRN e seu papel estratégico para o desenvolvimento municipal e regional.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3955/requerimento_-_protocolo_no_4058_-_ao_presidente_da_camara_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3955/requerimento_-_protocolo_no_4058_-_ao_presidente_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação da Frente Parlamentar do Livro e da Leitura.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3867/indicacao_-_prot._no__17_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3867/indicacao_-_prot._no__17_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de placa de identificação proibindo entra à direita, no sentido de quem vem na Av. Sílvio Bezerra de Melo e João Alfredo, na subida vizinha à Yamaha.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3868/indicacao_-_prot._no__18_-_ao_diretor_do_escritorio_local_da_caern.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3868/indicacao_-_prot._no__18_-_ao_diretor_do_escritorio_local_da_caern.pdf</t>
   </si>
   <si>
     <t>Indica a troca da rede de esgoto, que hoje é manilha para ser colocada PVC, da Rua Maestro Manoel Rodrigues, Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3869/indicacao_-_prot._no__19_-_ao_secretario_m._de_infrarestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3869/indicacao_-_prot._no__19_-_ao_secretario_m._de_infrarestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza dos córregos que ficam nos finais das ruas Boa Vista, São Pedro, Paraíba e Francisquinho Mateus, Bairro Santa Maria Gorete, bem como a implantação de placas de Proibido Colocar Lixo no local.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3870/indicacao_-_prot._no__21_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3870/indicacao_-_prot._no__21_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de cinco corrimãos nas boeiras entre as ruas Padre Anchieta, Felipe Camarão e José Bento de Souza.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3871/indicacao_-_prot._no__23_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3871/indicacao_-_prot._no__23_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de redutor de velocidade na Rua Elias Fernandes, Bairro JK.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3872/indicacao_-_prot._no__24_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3872/indicacao_-_prot._no__24_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de rampa de acessibilidade na entrada da Secretaria Municipal de Desenvolvimento Econômico e Turismo.</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3873/indicacao_-_prot._no__25_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3873/indicacao_-_prot._no__25_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de um redutor de velocidade na Av. Getúlio Vargas, no Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3874/indicacao_-_prot._no__26_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3874/indicacao_-_prot._no__26_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de redutor de velocidade na Rua Moisés Galvão, Bairro Gilberto Pinheiro.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3875/indicacao_-_prot._no__27_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3875/indicacao_-_prot._no__27_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma praça de lazer com academia popular na Comunidade Trangola.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3876/indicacao_-_prot._no__28_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3876/indicacao_-_prot._no__28_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua Ubiratan Rocha, Bairro Dr. José Bezerra.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3877/indicacao_-_prot._no__29_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3877/indicacao_-_prot._no__29_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a iluminação do busto Alcindo Salustino na Rua Justino Dantas, no Distrito da Cruz.</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3878/indicacao_-_prot._no__30_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3878/indicacao_-_prot._no__30_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf</t>
   </si>
   <si>
     <t>Indica a apreensão de animais soltos no lixão de Currais Novos.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3879/indicacao_-_prot._no__31_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3879/indicacao_-_prot._no__31_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a continuidade do calçamento da Rua Professor Manoel Targino Agripino, Bairro Sílvio Bezerra de Melo.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3880/indicacao_-_prot._no__32_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura___.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3880/indicacao_-_prot._no__32_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura___.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento das ruas Boa Vista, Lulu Filgueira, Manoel Pessoa e Francisquinho Mateus, Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3881/indicacao_-_prot._no__35_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3881/indicacao_-_prot._no__35_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de dois postes com luminárias para a rua projetada ao lado da nova sede da 3ª CIPM.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3882/indicacao_-_prot._no__36_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3882/indicacao_-_prot._no__36_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de redutor de velocidade na Rua do Topázio, Bairro JK.</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3883/indicacao_-_prot._no__37_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3883/indicacao_-_prot._no__37_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização do calçamento da Rua Beatriz de Melo Lula.</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3884/indicacao_-_prot._no__38_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3884/indicacao_-_prot._no__38_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação da Rua Chiquinha Rodrigues, Bairro Dr. José Bezerra de Araújo.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3885/indicacao_-_prot._no__39_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3885/indicacao_-_prot._no__39_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua José de Maria de Oliveira, Bairro Radir Pereira.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3886/indicacao_-_prot._no__40_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3886/indicacao_-_prot._no__40_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf</t>
   </si>
   <si>
     <t>Requer a terraplanagem das estradas de acesso às comunidades Santo André, Poço da Serra, Gangorra, Serra Vermelha, Barra Nova, Santana, Olho D'Água dos Brandões, Bom Jardim, Terra Nova, MAlhada de Dentro e Livramento.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3887/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3887/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de corrimão na subida que dá acesso ao posto de saúde JK I e II, situado na Rua Maria Rufina.</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3888/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3888/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua Parelhas, Bairro JK.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3889/indicacao_-_prot._no__45_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3889/indicacao_-_prot._no__45_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação da Rua Geraldo Bezerra, Bairro Dr. José Bezerra.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3891/indicacao_-_prot._no__50_-_ao_diretor_do_escritorio_local_do_dnit.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3891/indicacao_-_prot._no__50_-_ao_diretor_do_escritorio_local_do_dnit.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de um redutor de velocidade eletrônico nas proximidades da área escolar na Comunidade Maniçoba, BR 226.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3892/indicacao_-_prot._no__52_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3892/indicacao_-_prot._no__52_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de academia ao ar livre e parque infantil na Mineração Acauã.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3893/indicacao_-_prot._no__54_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3893/indicacao_-_prot._no__54_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma para de ônibus com cobertura nas imediações da UFRN.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3894/indicacao_-_prot._no__55_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3894/indicacao_-_prot._no__55_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um campinho de futebol por trás da Rua Francisco Ferreira de Araújo, Bairro Alto de Santa Rita.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3895/indicacao_-_prot._no__56_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3895/indicacao_-_prot._no__56_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura_.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de um redutor de velocidade na Rua Riacho Trangola, Bairro Dr. José Bezerra Gomes.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3896/indicacao_-_prot._no__57_-_ao_prefeito_ext._ao_sec._mun._de_infraestrrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3896/indicacao_-_prot._no__57_-_ao_prefeito_ext._ao_sec._mun._de_infraestrrutura.pdf</t>
   </si>
   <si>
     <t>Indica um veículo boiadeiro como também um profissional com habilidades para laçar animais soltos nas ruas de Currais Novos.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3897/indicacao_-_prot._no__58_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3897/indicacao_-_prot._no__58_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica o calçamento da Rua Justino Dantas, no Distrito da Cruz.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3898/indicacao_-_prot._no__59_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3898/indicacao_-_prot._no__59_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3899/indicacao_-_prot._no__73_-_ao_prefeito_ext._a_sec._mun._de_saude.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3899/indicacao_-_prot._no__73_-_ao_prefeito_ext._a_sec._mun._de_saude.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de casa de apoio, em Natal, para os pacientes e acompanhantes encaminhados pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3900/indicacao_-_prot._no__74_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3900/indicacao_-_prot._no__74_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um posto policial no Distrito da Cruz.</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3901/indicacao_-_prot._no__682_-_ao_escritorio_local_da_cosern.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3901/indicacao_-_prot._no__682_-_ao_escritorio_local_da_cosern.pdf</t>
   </si>
   <si>
     <t>Sugere a instalação de um poste na Rua Othon Filho, Bairro Antônio Rafael.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3902/indicacao_-_prot._no__755_-_ao_prefeito_municipal.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3902/indicacao_-_prot._no__755_-_ao_prefeito_municipal.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de uma academia ao ar livre na Av. Tungstênio, Bairro JK.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3903/indicacao_-_prot._no__756_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3903/indicacao_-_prot._no__756_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação do busto da praça Aproniano Pereira, Bairro Paizinho Maria.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3904/indicacao_-_prot._no__757_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3904/indicacao_-_prot._no__757_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada a colocação de um poste na Rua Operário Antônio Cassimiro, Bairro JK.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3905/indicacao_-_prot._no__760_-_ao_deputado_federal_benes_leocadio.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3905/indicacao_-_prot._no__760_-_ao_deputado_federal_benes_leocadio.pdf</t>
   </si>
   <si>
     <t>Indica a perfuração de um poço tubular no Povoado Maniçoba.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3906/indicacao_-_prot._no__765_-_ao_secretario_m._de_infraestrurtura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3906/indicacao_-_prot._no__765_-_ao_secretario_m._de_infraestrurtura.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza dos sangradouros do Açude Dourado e do Açude do Governo.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3907/indicacao_-_prot._no__766_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3907/indicacao_-_prot._no__766_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a iluminação da Rua Serra Negra, Bairro Walfredo Galvão.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3908/indicacao_-_prot._no__767_-_ao_secretario_m._de_infraestrutura_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3908/indicacao_-_prot._no__767_-_ao_secretario_m._de_infraestrutura_.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação da Rua Maria Luiza Dantas, Bairro Paizinho Maria.</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3909/indicacao_-_prot._no__775_-_a_secretaria_m._de_saude.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3909/indicacao_-_prot._no__775_-_a_secretaria_m._de_saude.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de médico para atendimento aos diabéticos.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3910/indicacao_-_prot._no__776_-_ao_secretario_m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3910/indicacao_-_prot._no__776_-_ao_secretario_m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de redutor de velocidade na Rua Professora Maria das Graças.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3911/indicacao_-_prot._no__777_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3911/indicacao_-_prot._no__777_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma laje em todo o canal da Rua Professora Maria José Varela, Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3912/indicacao_-_prot._no__778_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3912/indicacao_-_prot._no__778_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>Indica a aplicação de malha asfáltica na Rua Professora Maria José Varela, Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3913/m._de_parabens_-_protocolo_no_0247_-_ao_rvmo_pe_welson_rodrigues_do_nascimento.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3913/m._de_parabens_-_protocolo_no_0247_-_ao_rvmo_pe_welson_rodrigues_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Padre Welson Rodrigues do Nascimento.</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3917/m._de_parabens_-_prot._no_1021_-_a_sra__nubia_da_silva.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3917/m._de_parabens_-_prot._no_1021_-_a_sra__nubia_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Núbia da Silva</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3918/m._de_parabens_-_prot._no_1020_-_ao_sr._galuber_oliveira_constantino__.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3918/m._de_parabens_-_prot._no_1020_-_ao_sr._galuber_oliveira_constantino__.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Glauber Oliveira Constantitno</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3919/m._de_parabens_-_prot._no_1201_-_a_nova_diretoria_do_comade.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3919/m._de_parabens_-_prot._no_1201_-_a_nova_diretoria_do_comade.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Posse da nova diretoria do Conselho Municipal dos Direitos das Pessoas com Deficiência</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3920/m._de_parabens_-_prot._no_1202_-_a_sra_elaine_cristina_da_silva_moura.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3920/m._de_parabens_-_prot._no_1202_-_a_sra_elaine_cristina_da_silva_moura.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Elaine Cristina da Silva Moura Gudim</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3921/m._de_parabens_-_protocolo_no_1838_-_a_sra_paula_dantas_de_medeiros.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3921/m._de_parabens_-_protocolo_no_1838_-_a_sra_paula_dantas_de_medeiros.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Paula Dantas de Medeiros</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>Câmara Municipal de Currais Novos - CMCN</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3922/m._de_aplauso_-_prot._no_2563_.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3922/m._de_aplauso_-_prot._no_2563_.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos - Presidente do Senado, Rodrigo Otávio Soares Pacheco; Senadores Fabiano Contarato e Zenaide Maia; Conselho Regoinal de Enfermagem do Rio Grande do Norte (COREN-RN); Sindicato dos Enfermeiros do Estado do Rio Grande do Norte (SINDERN); e Sindicato dos Trabalhadores em Saúde do Estado do Rio Grande do Norte (SINDSAÚDE-RN) - PL do piso salarial e jornada de trabalho.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3923/m._de_parabens_-_prot._no_2607_-_ao_sr._joao_b._guimaraes_jango.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3923/m._de_parabens_-_prot._no_2607_-_ao_sr._joao_b._guimaraes_jango.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - João Batista Guimarães</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3924/m._de_parabens_-_prot._no_3031_-_a_sra_ana_lucia_lopes_de_albuquerque.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3924/m._de_parabens_-_prot._no_3031_-_a_sra_ana_lucia_lopes_de_albuquerque.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Ana Lúcia Lopes de Albuquerque</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3925/m._de_parabens_-_prot._no_3226_-_a_sra_luziani_dos_santos_guimaraes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3925/m._de_parabens_-_prot._no_3226_-_a_sra_luziani_dos_santos_guimaraes.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Luziani dos Santos Guimarães</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3926/m._de_parabens_-_prot._no_3589_-_a_sra_rosicleide_dos_santos_alves_soares.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3926/m._de_parabens_-_prot._no_3589_-_a_sra_rosicleide_dos_santos_alves_soares.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Rosicleide dos Santos Alves Soares</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3927/m._de_parabens_-_protocolo_no_3787_-_ao_sr._romario_brandao_pereira_de_araujo.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3927/m._de_parabens_-_protocolo_no_3787_-_ao_sr._romario_brandao_pereira_de_araujo.pdf</t>
   </si>
   <si>
     <t>Moção de parabéns - Romário Brandão Pereira de Araújo</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3928/m._de_parabens_-_prot._no_3811_-_a_sra_jariana_macedo_dantas_simoes.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3928/m._de_parabens_-_prot._no_3811_-_a_sra_jariana_macedo_dantas_simoes.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns - Jariana Macêdo Brandão Garcia</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3929/m._de_parabens_-_protocolo_no_3786_-_ao_sr._claudio_richardson_v._campelo_dos_santos.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3929/m._de_parabens_-_protocolo_no_3786_-_ao_sr._claudio_richardson_v._campelo_dos_santos.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns - Cláudio Richardson Vitória Campelo dos Santos</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3930/ao_geoparque_serido.pdf</t>
+    <t>http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3930/ao_geoparque_serido.pdf</t>
   </si>
   <si>
     <t>Moção de Parabéns - Ao Geoparque Seridó - Aprovação pelo Conselho Munidial de Geoparques da UNESCO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3078,67 +3078,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3492/p._de_lei_no_001_-_institui_a_campanha_de_informacao__prevencao_e_combate_a_depressao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3493/p._de_lei_no_002_-_institui_o_selo_incentivador_da_advocacia_iniciante.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3494/p._de_lei_no_004_-_institui_o_programa_alimentos_para_todos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3495/p._de_lei_no_005_-_institui_a_criacao_do_programa_de_tratamento_psicosocial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3496/p._de_lei_no_007_-_autoriza_a_reducao_na_rserva_nao_edificavel_ao_longo_das_brs_226_e427.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3497/p._de_lei_no_008_-_cria_o_nucleo_de_formacao_tecnica__no_ambito_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3499/p._de_lei_no_010_-_torna_o_nucleo_de_cidadania_dos_adolescentes_em_politicas_p._permanente_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3500/p._de_lei_no_011_-_institui_o_programa_de_incentivo_a_construcao_de_fossa_ecologicas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3501/p._de_lei_no_012_-_reconhece_a_educacao_como_atividade_essencial__no_municipio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3502/p._de_lei_no_013_-_dispoe_sobre_a_criacao_do_memorial_em_homenagem_as_vitimas_do_corona_virus.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3503/p._de_lei_no_014_-_denomina_de_margarida_pedro_cavalcantge_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3504/p._de_lei_no_015_-_estabelece_as_atividades_religiosas_em_igrejas_e_templos_de_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3505/p._de_lei_no_016_-_denomina_de_fco_moreira_dantas_uma_rua_projestada_nesta_cidade_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3506/p._de_lei_no_017_-_denomina_de_profa_helena_f._de_souza_uma_rua_projetada_nesta_cidade_.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3507/p._de_lei_no_018_-_dispoe_sobre_a_criacao_do_cmpda_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3508/p._de_lei_no_019_-_torna_de_utilidade_publica_a_escolinha_do_ninha.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3510/p._de_lei_no_021_-_denomina_de_valdemar_mascena_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3511/p._de_lei_no_022_-_denomina_de_servulo_vieira_de_medeiros_uma_rua_projetada__nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3512/p._de_lei_no_023_-_autoriza_a_instituir_o_programa_de_atendimento_domiciliar_ao_idoso.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3513/p._de_lei_no_024_-_cria_a_comemda_literaia_poeta_luiz_carlos_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3514/p._de_lei_no_025_-_denomina_de__de_fco_bezerra_de_medeiros_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3660/p._de_lei_no_026_-_denomina_de_alison_jose_porfirio_uma_rua_projetada_nesta_cidade_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3661/p._de_lei_no_027_-_denomina_de_fco_lino_bezerra_neto_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3662/p._de_lei_no_028_-_institui_o_projeto_grafite_no_municipio_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3663/p._de_lei_no_029_-_institui_o_programa_de_oferta_de_emprego_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3664/p._de_lei_no_030_-_denomina_de_maria_mouca_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3665/p._de_lei_no_031_-_denomina_de_dona_nina_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3666/p._de_lei_no_032_-_denomina_de_benedito_lopes_de_macedo_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3667/p._de_lei_no_033_-_institui_o_programa_biblioteca_para_todos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3668/p._de_lei_no_034_-_denomina_de_francisco_faustino_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3669/p._de_lei_no_035_-_institui_o_centro_historico_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3670/p._de_lei_no_036_-_institui_a_comenda_professor_destaque.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3671/p._de_lei_no_037_-_institui_a_comenda_aluno_nota_dez.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3672/p._de_lei_no_039_-_institui_no_calenario_oficial_de_eventos_o_dia_do_feirante.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3673/p._de_lei_no_040_-_autoriza_instituir_a_obrigatoriedade_do_ensino_de_nocoes_basicas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3674/p._de_lei_no_041_-_denomina_de_otilia_batista_lucena_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3675/p._de_lei_no_042_-_denomina_de_gercina_alves_bezerra_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3676/p._de_lei_no_043_-_denomina_de_manoel_augusto_dameida_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3677/p._de_lei_no_044_-_institui_o_treinamento_de_pais_de_recem-nascidos_nas_maternidades.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3678/p._de_lei_no_045_-_denomina_de_durval_j._dantas_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3679/p._de_lei_no_046_-_dispoe_sobre_o_turismo_cultural_e_historico_nas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3680/p._de_lei_no_047_-_reconhece_a_visao_monocular_como_deficiencia_visual.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3681/p._de_lei_no_048_-_dispoe_sobre_a_realizacao_de_curso_de_primeiros__socorros.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3682/p._de_lei_no_049_-_autoriza_a_instituir_programa_municipal_de_incentivo_as_atividades_industriais.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3691/p._de_lei_no_050_-_denomina_de_fca_francibete_galvao_galega_de_zalu_uma_rua_nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3692/p._de_lei_no_051_-_institui_a_campanha_de_conscientizacao_da_doacao_de_sangue_e_de_mendula_ossea_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3693/p._de_lei_no_052_-_altera_o_art._lo_da_lei_municipal_no_1.639.2004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3694/p._de_lei_no_053_-_institui_o_banco_de_racao_para_animais_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3695/p._de_lei_no_054_-_dispoe_sobre_regras_para_smart_city.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3696/p._de_lei_no_055_-_altea_a_redacao_do__2o_do_art._6o_da_lei_no_3.377_de_17_de_julho_de_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3697/p._de_lei_no_056_-_dispoe_sobre_o_setembro_cidadao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3698/p._de_lei_no_057_-_dispoe_sobre_a_criacao_do_programa_de_prognostico_e_disgnostico_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3699/p._de_lei_no_058_-_institui_a_politica_municipal_de_energia_solar_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3700/p._de_lei_no_059_-_denomina_rua_de_adauto_dias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3701/p._de_lei_no_060_-_institui_a_garantia_de_aquisicao_de_livros_para_alunos_deficientes_visuais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3702/p._de_lei_no_061_-_institui_o_programa_municipal_de_prevencao_de_incendio_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3703/p._de_lei_no_063_-_denomina_de_jao_g._alves_de_mourajoao_doido_uma_rua_nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3704/p._de_lei_no_064_-_institui_o_programa_de_incentivo_a_avicultura_e_piscicultura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3705/p._de_lei_no_065_-_dispoe_sobre_a_implantacao_de_equipe_de_brigada_civil.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3706/p._de_lei_no_066_-_institui_a_campanha_permananete_para_doacao_de_leite_materno.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3707/p._de_lei_no_067_-_institui_a_cmpanha_agosto_verde_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3708/p._de_lei_no_068_-_institui_o_programa_municipal_de_distribuicao_de_absorventes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3722/p._de_lei_no_069_-_autoriza_o_poder_e._municipal_a_instituir_o_pragrama_vale_gas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3723/p._de_lei_no_070_-_cria_o_programa_bairro_saudavel.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3724/p._de_lei_no_071_-_institui_a_politica_municipal_infancia_sem_pornografia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3725/p._de_lei_no_072_-_dispoe_sobre_a_contratacao_de_pessoas_em_situacao_de_rua_ou_desempregado_por_3_meses.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3726/p._de_lei_no_073_-_institui_o_programa_de_incentivo_a_pratica_de_e._fisica.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3727/p._de_lei_no_075_-_institui_a_semana_da_doacao_de_livros_-_22_a_28_de_abril.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3729/p._de_lei_no_076_-_institui_programa_de_arborizacao_urbana_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3730/p._de_lei_no_077_-_institui_na_rede_m._de_educacao_o_programa_jovem_agricultor.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3731/p._de_lei_no_078_-_institui_o_calendario_oficial_de_eventos_do_municipio_-_setembro_dourado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3732/p._de_lei_no_079_-_declara_patrimonio_c._imaterial_a_obra_de_jose_b._gomes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3733/p._de_lei_no_080_-_torna_de_utilidade_publica_a_associacao_de_p._rurais_de_malhada_de_dentro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3734/p._de_lei_no_081_-_torna_de_utilidade_publica_a_associacao_dos_produtores_rurais_da_comunidade_maxinare.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3736/p._de_lei_no_082_-_dispoe_sobre_o_portal_da_transparencia_da_qualidade_de_ensino_das_escolas_da_rede_m._de_ensino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3737/p._de_lei_no_083_-_dispoe_sobre_o_censo_inclusao_e_seus_objetivos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3738/p._de_lei_no_084_-_institui_o_programa_de_adocao_de_placas_de_nomeclatura_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3739/p._de_lei_no_085_-_institui_a_criacao_do_posto_de_coleta_de_leite_humano_no_municipio_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3740/p._de_lei_no_086_-_dispoe_sobre_a_presenca_de_guia_ou_condutor_turisco_local.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3742/p._de_lei_no_087_-_autoria_efetuar_o_realinhamenmto_e_parte_da_rua_do_petroleo_.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3744/p._de_lei_no_088_-_cria_o_selo_amigo_da_cultura_maria_jose_mamede_galvao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3745/p._de_lei_no_089_-_institui_o_dia_mundial_do_agente_comunitario_e_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3748/p._de_lei_no_090_-_estabelece_a_adocao_de_medidas_de_auxilio_a_mulher_que_se_sinta_em_situacao_de_risco..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3749/p._de_lei_no_091_-_dispoe_sobre_a_criacao_do_programa_de_prevencao_a_obesidade_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3750/p._de_lei_no_092_-_dispoe_sobbre_a_vedacao_para_empregos_publicos_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3751/p._de_lei_no_093_-_institui_o_programa_de_orientacao_e_conscientizacao_e_integracao_de_criancas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3752/p._de_lei_no_094_-_institui_a_politica_municipal_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3753/p._de_lei_no_095_-_autoriza_o_poder_publico_a_instituir_o_dezembro_vermelho_no_m._de_c._novos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3754/p._de_lei_no_096_-_torna_de_utilidade_publica_a_associacao_dos_p._rurais_de_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3755/p._de_lei_no_097_-_torna_de_u._publica_a_associacao_curraisnovense_de_motocross.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3756/p._de_lei_no_098_-_cria_o_bairro_monsenhor_paulo_heroncio_de_melo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3515/projeto_d._legislativo_no_001_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3517/projeto_d._legislativo_no_003_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3518/projeto_d._legislativo_no_004_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3519/projeto_d._legislativo_no_005_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3520/projeto_d._legislativo_no_006_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3522/projeto_d._legislativo_no_008_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3523/projeto_d._legislativo_no_009_-_concede_merito_jose_siderley_de_menezes_.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3524/projeto_d._legislativo_no_010_-_concede_merito_desportivo_profo_jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3525/projeto_d._legislativo_no_011_-_concede_merito_jose_siderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3526/projeto_d._legislativo_no_012_-_concede_merito_profo_jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3527/projeto_d._legislativo_no_013_-_concede_merito_jose_siderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3528/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3530/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3531/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3533/projeto_d._legislativo_no_021_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3534/projeto_d._legislativo_no_022_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3535/projeto_d._legislativo_no_023_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3537/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3538/projeto_d._legislativo_no_025_-_concede_merito_auleta_g._pereira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3542/projeto_d._legislativo_no_026_-_concede_t._de_h._ao_merito_jose_s._de_menezes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3540/projeto_d._legislativo_no_027_-_concede_merito_auleta_galvao_pereira.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_d._legislativo_no_029_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_d._legislativo_no_030_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_d._legislativo_no_031_-_concede_m._desportivo_prof._jorge_guimaraaes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_d._legislativo_no_032_-_concede_m._despostivo_jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_d._legislativo_no_033_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3553/projeto_d._legislativo_no_034_-_concede_merito_dr._geraldo_rufino_-_ao_sr._leonardo_de_o._pufal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3555/projeto_d._legislativo_no_035_-_concede_m._dr._geraldo_rufio_-_a_sra_izabel_cristina_de_m._dantas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3557/projeto_d._legislativo_no_036_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3558/projeto_d._legislativo_no_037_-_dispoe_sobre_a_criacao_do_merito_profo_joabel_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3560/projeto_d._legislativo_no_038_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3562/projeto_d._legislativo_no_039_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3563/projeto_d._legislativo_no_040_-_concede_t._de_cidsadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3573/projeto_d._legislativo_no_041_-_concede_m._prof._antonio_quintino_-_a_sra_ma_do_socorro_dos_s._assis.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3574/projeto_d._legislativo_no_042_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3575/projeto_d._legislativo_no_043_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3576/projeto_d._legislativo_no_044_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3577/projeto_d._legislativo_no_045_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3578/projeto_d._legislativo_no_046_-_concede_t._de_cidadania_ao_sr._luiz_gonzaga_garcia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3579/projeto_d._legislativo_no_047_-_concede_t._de_cidadania_ao_sr._tharcisio_gomes_santiago.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3580/projeto_d._legislativo_no_048_-_concede_t._de_cidadania_ao_sr._israel_caldas_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3581/projeto_d._legislativo_no_049_-_concede_t._de_cidadania_ao_sr._jose_ari_soares.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3582/projeto_d._legislativo_no_050_-_concede_t._de_cidadania_a_sra_josefa_de_a._melo_soares.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3583/projeto_d._legislativo_no_051_-_concede_c._literaria_luiz_c._guimaraes_a_sra__ma_jose_m._galvao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3584/projeto_d._legislativo_no_052_-_concede_t._de_cidadania_a_sra_elisane_nobrega_c._brito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3585/projeto_d._legislativo_no_053_-_concede_t._de_cidadania_a_sra_ana_m._santana_c._dantas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3586/projeto_d._legislativo_no_054_-_concede_t._de_cidadania_ao_sr._marcelo_bezerra_brandao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3587/projeto_d._legislativo_no_055_-_concede_t._de_cidadania_a_sra_walcida__de_c._rocha_brandao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3588/projeto_d._legislativo_no_056_-_concede_t._de_cidadania_ao_sr._sinderley_j._bezerra_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3589/projeto_d._legislativo_no_057_-_concede_t._de_cidadania_ao_sr._edmundo_gentili.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_d._legislativo_no_058_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._jose_u._de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_d._legislativo_no_060_-_concede_m._emmanuel_bezerra_dos_santos_-_a_luna_m._silva_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3635/projeto_d._legislativo_no_061_-_concede_m._mons._paulo_heroncio_-_a_sra_izabel_cristina_m._dantas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3636/projeto_d._legislativo_no_062_-_concede_m._mons_paulo_heroncio_-_a_sra_alana_de_morais_garcia.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3637/projeto_d._legislativo_no_063_-_concede_t._cidadania_-_a_ma_de_fatima_o._matos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3638/projeto_d._legislativo_no_064_-_concede_t._de_cidadania_a_sra_cleide_de_m._alves_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3639/projeto_d._legislativo_no_065_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3640/projeto_d._legislativo_no_066_-_concede_t._de_cidadania_a_sra_iracema_r._dos_santos_brito.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_d._legislativo_no_067_-_concede_t._cidadania_-_ao_sr._carlos_a._freire_da_silva.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3642/projeto_d._legislativo_no_068_-_concede_m.__josenildo_paizinho_dantas_-_ao_sr._francisco_p._da_silva.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3643/projeto_d._legislativo_no_069_-_concede_t._cidadania_ao_sr._nelson_januario_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3644/projeto_d._legislativo_no_070_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._maciel_d._de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3645/projeto_d._legislativo_no_071_-_concede_m._mons__ausonio_de_araujo_filho_-_ao_sr._janilson_a._de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3646/projeto_d._legislativo_no_072_-_concede_t._de_cidadania_ao_sr._janilson_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3647/projeto_d._legislativo_no_073_-_concede_t._de_cidadania_ao_sr._railson_da_costa_salustio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3648/projeto_d._legislativo_no_074_-_concede_t._de_amigo_da_cidade_a_sra_ivania_ma_de_oliveira_torres.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3649/projeto_d._legislativo_no_075_-_concede_t._de_amigo_da_cidade_a_sra_marinez_lins_s._januario.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3650/projeto_d._legislativo_no_076_-_concede_t._de_amigo_da_cidade_asra_joana_b._da_silva_garcia.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3651/projeto_d._legislativo_no_077_-_concede_t._de_amigo_da_cidade_a_sra_francisca_f._de_araujo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3652/projeto_d._legislativo_no_078_-_concede_merito_mons_paulo_heroncio_-_ao_sr._mairton_d._castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3653/projeto_d._legislativo_no_079_-_concede_merito_jose_siderley_ao_sr._icaro_cesar_c._b._de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3654/projeto_d._legislativo_no_080_-_concede_t._de_cidadania_-_ao_sr._vicente_paulo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3655/projeto_d._legislativo_no_081_-_concede_m._jose_sinderley_de_menezes_-_ao_sr._cesar_moreno.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3656/projeto_d._legislativo_no_082_-_concede_m._mons_p._heroncio_ao_sr._eann_styvenson_v._mendes.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3657/projeto_d._legislativo_no_082_-_concede_merito_mons_p._heroncio_ao_senador__eann_styvenson_v._mendes.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3658/projeto_d._legislativo_no_084_-_concede_c._literaria__luiz_c._guimaraes_a_sra_ana_l._de_s._freitas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3659/projeto_d._legislativo_no_085_-_concede_t._de_amigo_da_cidade_a__sra_ma_de_lourdes_dantas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3931/requerimento_-_protocolo_no_77_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3932/requerimento_-_protocolo_no_318_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3933/requerimento_-_protocolo_no_390_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3934/requerimento_-_protocolo_no_470_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3935/requerimento_-_protocolo_no_487_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3936/requerimento_-_protocolo_no_496_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3937/requerimento_-_protocolo_no_559_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3938/requerimento_-_protocolo_no_611_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3939/requerimento_-_protocolo_no_1296_-_ao_presidente_da_camara_m._de_currisi_novos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3940/requerimento_-_protocolo_no_1897_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3941/requerimento_-_protocolo_no_2001_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3942/requerimento_-_protocolo_no_2497_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3943/requerimento_-_protocolo_no_2498_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3944/requerimento_-_protocolo_no_2500_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3945/requerimento_-_protocolo_no_2590_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3946/requerimento_-_protocolo_no_2591_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3947/requerimento_-_protocolo_no_2614_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3948/requerimento_-_protocolo_no_2835_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3949/requerimento_-_protocolo_no_3094_-_ao_presidente_da_camara_municipal_de_currais_novos_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3950/requerimento_-_protocolo_no_3101_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3951/requerimento_-_protocolo_no_3334_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3952/requerimento_-_protocolo_no_3369_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3953/requerimento_-_protocolo_no_3679_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3954/requerimento_-_protocolo_no_4017_-_ao_presidente_da_camara_municipal_de_c._novos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3955/requerimento_-_protocolo_no_4058_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3867/indicacao_-_prot._no__17_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3868/indicacao_-_prot._no__18_-_ao_diretor_do_escritorio_local_da_caern.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3869/indicacao_-_prot._no__19_-_ao_secretario_m._de_infrarestrutura.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3870/indicacao_-_prot._no__21_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3871/indicacao_-_prot._no__23_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3872/indicacao_-_prot._no__24_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3873/indicacao_-_prot._no__25_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3874/indicacao_-_prot._no__26_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3875/indicacao_-_prot._no__27_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3876/indicacao_-_prot._no__28_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3877/indicacao_-_prot._no__29_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3878/indicacao_-_prot._no__30_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3879/indicacao_-_prot._no__31_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3880/indicacao_-_prot._no__32_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura___.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3881/indicacao_-_prot._no__35_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3882/indicacao_-_prot._no__36_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3883/indicacao_-_prot._no__37_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3884/indicacao_-_prot._no__38_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3885/indicacao_-_prot._no__39_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3886/indicacao_-_prot._no__40_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3887/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3888/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3889/indicacao_-_prot._no__45_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3891/indicacao_-_prot._no__50_-_ao_diretor_do_escritorio_local_do_dnit.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3892/indicacao_-_prot._no__52_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3893/indicacao_-_prot._no__54_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3894/indicacao_-_prot._no__55_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3895/indicacao_-_prot._no__56_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura_.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3896/indicacao_-_prot._no__57_-_ao_prefeito_ext._ao_sec._mun._de_infraestrrutura.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3897/indicacao_-_prot._no__58_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3898/indicacao_-_prot._no__59_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3899/indicacao_-_prot._no__73_-_ao_prefeito_ext._a_sec._mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3900/indicacao_-_prot._no__74_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3901/indicacao_-_prot._no__682_-_ao_escritorio_local_da_cosern.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3902/indicacao_-_prot._no__755_-_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3903/indicacao_-_prot._no__756_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3904/indicacao_-_prot._no__757_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3905/indicacao_-_prot._no__760_-_ao_deputado_federal_benes_leocadio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3906/indicacao_-_prot._no__765_-_ao_secretario_m._de_infraestrurtura.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3907/indicacao_-_prot._no__766_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3908/indicacao_-_prot._no__767_-_ao_secretario_m._de_infraestrutura_.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3909/indicacao_-_prot._no__775_-_a_secretaria_m._de_saude.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3910/indicacao_-_prot._no__776_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3911/indicacao_-_prot._no__777_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3912/indicacao_-_prot._no__778_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3913/m._de_parabens_-_protocolo_no_0247_-_ao_rvmo_pe_welson_rodrigues_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3917/m._de_parabens_-_prot._no_1021_-_a_sra__nubia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3918/m._de_parabens_-_prot._no_1020_-_ao_sr._galuber_oliveira_constantino__.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3919/m._de_parabens_-_prot._no_1201_-_a_nova_diretoria_do_comade.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3920/m._de_parabens_-_prot._no_1202_-_a_sra_elaine_cristina_da_silva_moura.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3921/m._de_parabens_-_protocolo_no_1838_-_a_sra_paula_dantas_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3922/m._de_aplauso_-_prot._no_2563_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3923/m._de_parabens_-_prot._no_2607_-_ao_sr._joao_b._guimaraes_jango.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3924/m._de_parabens_-_prot._no_3031_-_a_sra_ana_lucia_lopes_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3925/m._de_parabens_-_prot._no_3226_-_a_sra_luziani_dos_santos_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3926/m._de_parabens_-_prot._no_3589_-_a_sra_rosicleide_dos_santos_alves_soares.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3927/m._de_parabens_-_protocolo_no_3787_-_ao_sr._romario_brandao_pereira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3928/m._de_parabens_-_prot._no_3811_-_a_sra_jariana_macedo_dantas_simoes.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3929/m._de_parabens_-_protocolo_no_3786_-_ao_sr._claudio_richardson_v._campelo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3930/ao_geoparque_serido.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3492/p._de_lei_no_001_-_institui_a_campanha_de_informacao__prevencao_e_combate_a_depressao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3493/p._de_lei_no_002_-_institui_o_selo_incentivador_da_advocacia_iniciante.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3494/p._de_lei_no_004_-_institui_o_programa_alimentos_para_todos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3495/p._de_lei_no_005_-_institui_a_criacao_do_programa_de_tratamento_psicosocial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3496/p._de_lei_no_007_-_autoriza_a_reducao_na_rserva_nao_edificavel_ao_longo_das_brs_226_e427.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3497/p._de_lei_no_008_-_cria_o_nucleo_de_formacao_tecnica__no_ambito_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3499/p._de_lei_no_010_-_torna_o_nucleo_de_cidadania_dos_adolescentes_em_politicas_p._permanente_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3500/p._de_lei_no_011_-_institui_o_programa_de_incentivo_a_construcao_de_fossa_ecologicas_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3501/p._de_lei_no_012_-_reconhece_a_educacao_como_atividade_essencial__no_municipio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3502/p._de_lei_no_013_-_dispoe_sobre_a_criacao_do_memorial_em_homenagem_as_vitimas_do_corona_virus.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3503/p._de_lei_no_014_-_denomina_de_margarida_pedro_cavalcantge_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3504/p._de_lei_no_015_-_estabelece_as_atividades_religiosas_em_igrejas_e_templos_de_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3505/p._de_lei_no_016_-_denomina_de_fco_moreira_dantas_uma_rua_projestada_nesta_cidade_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3506/p._de_lei_no_017_-_denomina_de_profa_helena_f._de_souza_uma_rua_projetada_nesta_cidade_.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3507/p._de_lei_no_018_-_dispoe_sobre_a_criacao_do_cmpda_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3508/p._de_lei_no_019_-_torna_de_utilidade_publica_a_escolinha_do_ninha.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3510/p._de_lei_no_021_-_denomina_de_valdemar_mascena_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3511/p._de_lei_no_022_-_denomina_de_servulo_vieira_de_medeiros_uma_rua_projetada__nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3512/p._de_lei_no_023_-_autoriza_a_instituir_o_programa_de_atendimento_domiciliar_ao_idoso.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3513/p._de_lei_no_024_-_cria_a_comemda_literaia_poeta_luiz_carlos_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3514/p._de_lei_no_025_-_denomina_de__de_fco_bezerra_de_medeiros_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3660/p._de_lei_no_026_-_denomina_de_alison_jose_porfirio_uma_rua_projetada_nesta_cidade_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3661/p._de_lei_no_027_-_denomina_de_fco_lino_bezerra_neto_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3662/p._de_lei_no_028_-_institui_o_projeto_grafite_no_municipio_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3663/p._de_lei_no_029_-_institui_o_programa_de_oferta_de_emprego_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3664/p._de_lei_no_030_-_denomina_de_maria_mouca_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3665/p._de_lei_no_031_-_denomina_de_dona_nina_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3666/p._de_lei_no_032_-_denomina_de_benedito_lopes_de_macedo_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3667/p._de_lei_no_033_-_institui_o_programa_biblioteca_para_todos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3668/p._de_lei_no_034_-_denomina_de_francisco_faustino_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3669/p._de_lei_no_035_-_institui_o_centro_historico_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3670/p._de_lei_no_036_-_institui_a_comenda_professor_destaque.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3671/p._de_lei_no_037_-_institui_a_comenda_aluno_nota_dez.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3672/p._de_lei_no_039_-_institui_no_calenario_oficial_de_eventos_o_dia_do_feirante.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3673/p._de_lei_no_040_-_autoriza_instituir_a_obrigatoriedade_do_ensino_de_nocoes_basicas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3674/p._de_lei_no_041_-_denomina_de_otilia_batista_lucena_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3675/p._de_lei_no_042_-_denomina_de_gercina_alves_bezerra_uma_rua_projetada_em_nossa_cidade_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3676/p._de_lei_no_043_-_denomina_de_manoel_augusto_dameida_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3677/p._de_lei_no_044_-_institui_o_treinamento_de_pais_de_recem-nascidos_nas_maternidades.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3678/p._de_lei_no_045_-_denomina_de_durval_j._dantas_uma_rua_projetada_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3679/p._de_lei_no_046_-_dispoe_sobre_o_turismo_cultural_e_historico_nas_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3680/p._de_lei_no_047_-_reconhece_a_visao_monocular_como_deficiencia_visual.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3681/p._de_lei_no_048_-_dispoe_sobre_a_realizacao_de_curso_de_primeiros__socorros.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3682/p._de_lei_no_049_-_autoriza_a_instituir_programa_municipal_de_incentivo_as_atividades_industriais.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3691/p._de_lei_no_050_-_denomina_de_fca_francibete_galvao_galega_de_zalu_uma_rua_nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3692/p._de_lei_no_051_-_institui_a_campanha_de_conscientizacao_da_doacao_de_sangue_e_de_mendula_ossea_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3693/p._de_lei_no_052_-_altera_o_art._lo_da_lei_municipal_no_1.639.2004.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3694/p._de_lei_no_053_-_institui_o_banco_de_racao_para_animais_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3695/p._de_lei_no_054_-_dispoe_sobre_regras_para_smart_city.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3696/p._de_lei_no_055_-_altea_a_redacao_do__2o_do_art._6o_da_lei_no_3.377_de_17_de_julho_de_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3697/p._de_lei_no_056_-_dispoe_sobre_o_setembro_cidadao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3698/p._de_lei_no_057_-_dispoe_sobre_a_criacao_do_programa_de_prognostico_e_disgnostico_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3699/p._de_lei_no_058_-_institui_a_politica_municipal_de_energia_solar_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3700/p._de_lei_no_059_-_denomina_rua_de_adauto_dias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3701/p._de_lei_no_060_-_institui_a_garantia_de_aquisicao_de_livros_para_alunos_deficientes_visuais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3702/p._de_lei_no_061_-_institui_o_programa_municipal_de_prevencao_de_incendio_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3703/p._de_lei_no_063_-_denomina_de_jao_g._alves_de_mourajoao_doido_uma_rua_nesta_cidade.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3704/p._de_lei_no_064_-_institui_o_programa_de_incentivo_a_avicultura_e_piscicultura.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3705/p._de_lei_no_065_-_dispoe_sobre_a_implantacao_de_equipe_de_brigada_civil.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3706/p._de_lei_no_066_-_institui_a_campanha_permananete_para_doacao_de_leite_materno.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3707/p._de_lei_no_067_-_institui_a_cmpanha_agosto_verde_neste_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3708/p._de_lei_no_068_-_institui_o_programa_municipal_de_distribuicao_de_absorventes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3722/p._de_lei_no_069_-_autoriza_o_poder_e._municipal_a_instituir_o_pragrama_vale_gas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3723/p._de_lei_no_070_-_cria_o_programa_bairro_saudavel.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3724/p._de_lei_no_071_-_institui_a_politica_municipal_infancia_sem_pornografia.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3725/p._de_lei_no_072_-_dispoe_sobre_a_contratacao_de_pessoas_em_situacao_de_rua_ou_desempregado_por_3_meses.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3726/p._de_lei_no_073_-_institui_o_programa_de_incentivo_a_pratica_de_e._fisica.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3727/p._de_lei_no_075_-_institui_a_semana_da_doacao_de_livros_-_22_a_28_de_abril.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3729/p._de_lei_no_076_-_institui_programa_de_arborizacao_urbana_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3730/p._de_lei_no_077_-_institui_na_rede_m._de_educacao_o_programa_jovem_agricultor.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3731/p._de_lei_no_078_-_institui_o_calendario_oficial_de_eventos_do_municipio_-_setembro_dourado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3732/p._de_lei_no_079_-_declara_patrimonio_c._imaterial_a_obra_de_jose_b._gomes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3733/p._de_lei_no_080_-_torna_de_utilidade_publica_a_associacao_de_p._rurais_de_malhada_de_dentro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3734/p._de_lei_no_081_-_torna_de_utilidade_publica_a_associacao_dos_produtores_rurais_da_comunidade_maxinare.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3736/p._de_lei_no_082_-_dispoe_sobre_o_portal_da_transparencia_da_qualidade_de_ensino_das_escolas_da_rede_m._de_ensino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3737/p._de_lei_no_083_-_dispoe_sobre_o_censo_inclusao_e_seus_objetivos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3738/p._de_lei_no_084_-_institui_o_programa_de_adocao_de_placas_de_nomeclatura_de_logradouros.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3739/p._de_lei_no_085_-_institui_a_criacao_do_posto_de_coleta_de_leite_humano_no_municipio_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3740/p._de_lei_no_086_-_dispoe_sobre_a_presenca_de_guia_ou_condutor_turisco_local.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3742/p._de_lei_no_087_-_autoria_efetuar_o_realinhamenmto_e_parte_da_rua_do_petroleo_.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3744/p._de_lei_no_088_-_cria_o_selo_amigo_da_cultura_maria_jose_mamede_galvao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3745/p._de_lei_no_089_-_institui_o_dia_mundial_do_agente_comunitario_e_de_endemias.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3748/p._de_lei_no_090_-_estabelece_a_adocao_de_medidas_de_auxilio_a_mulher_que_se_sinta_em_situacao_de_risco..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3749/p._de_lei_no_091_-_dispoe_sobre_a_criacao_do_programa_de_prevencao_a_obesidade_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3750/p._de_lei_no_092_-_dispoe_sobbre_a_vedacao_para_empregos_publicos_de_pessoas_condenadas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3751/p._de_lei_no_093_-_institui_o_programa_de_orientacao_e_conscientizacao_e_integracao_de_criancas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3752/p._de_lei_no_094_-_institui_a_politica_municipal_de_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3753/p._de_lei_no_095_-_autoriza_o_poder_publico_a_instituir_o_dezembro_vermelho_no_m._de_c._novos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3754/p._de_lei_no_096_-_torna_de_utilidade_publica_a_associacao_dos_p._rurais_de_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3755/p._de_lei_no_097_-_torna_de_u._publica_a_associacao_curraisnovense_de_motocross.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3756/p._de_lei_no_098_-_cria_o_bairro_monsenhor_paulo_heroncio_de_melo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3515/projeto_d._legislativo_no_001_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3517/projeto_d._legislativo_no_003_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3518/projeto_d._legislativo_no_004_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3519/projeto_d._legislativo_no_005_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3520/projeto_d._legislativo_no_006_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3522/projeto_d._legislativo_no_008_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3523/projeto_d._legislativo_no_009_-_concede_merito_jose_siderley_de_menezes_.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3524/projeto_d._legislativo_no_010_-_concede_merito_desportivo_profo_jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3525/projeto_d._legislativo_no_011_-_concede_merito_jose_siderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3526/projeto_d._legislativo_no_012_-_concede_merito_profo_jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3527/projeto_d._legislativo_no_013_-_concede_merito_jose_siderley_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3528/projeto_d._legislativo_no_014_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3530/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3531/projeto_d._legislativo_no_019_-_concede_m._desportivo_prof._jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3533/projeto_d._legislativo_no_021_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3534/projeto_d._legislativo_no_022_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3535/projeto_d._legislativo_no_023_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3537/projeto_d._legislativo_no_024_-_concede_titulo_de_amigo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3538/projeto_d._legislativo_no_025_-_concede_merito_auleta_g._pereira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3542/projeto_d._legislativo_no_026_-_concede_t._de_h._ao_merito_jose_s._de_menezes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3540/projeto_d._legislativo_no_027_-_concede_merito_auleta_galvao_pereira.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_d._legislativo_no_029_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_d._legislativo_no_030_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_d._legislativo_no_031_-_concede_m._desportivo_prof._jorge_guimaraaes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_d._legislativo_no_032_-_concede_m._despostivo_jorge_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_d._legislativo_no_033_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3553/projeto_d._legislativo_no_034_-_concede_merito_dr._geraldo_rufino_-_ao_sr._leonardo_de_o._pufal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3555/projeto_d._legislativo_no_035_-_concede_m._dr._geraldo_rufio_-_a_sra_izabel_cristina_de_m._dantas.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3557/projeto_d._legislativo_no_036_-_concede_titulo_de_c._curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3558/projeto_d._legislativo_no_037_-_dispoe_sobre_a_criacao_do_merito_profo_joabel_rodrigues_de_souza.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3560/projeto_d._legislativo_no_038_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3562/projeto_d._legislativo_no_039_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3563/projeto_d._legislativo_no_040_-_concede_t._de_cidsadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3573/projeto_d._legislativo_no_041_-_concede_m._prof._antonio_quintino_-_a_sra_ma_do_socorro_dos_s._assis.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3574/projeto_d._legislativo_no_042_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3575/projeto_d._legislativo_no_043_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3576/projeto_d._legislativo_no_044_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3577/projeto_d._legislativo_no_045_-_concede_t._de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3578/projeto_d._legislativo_no_046_-_concede_t._de_cidadania_ao_sr._luiz_gonzaga_garcia.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3579/projeto_d._legislativo_no_047_-_concede_t._de_cidadania_ao_sr._tharcisio_gomes_santiago.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3580/projeto_d._legislativo_no_048_-_concede_t._de_cidadania_ao_sr._israel_caldas_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3581/projeto_d._legislativo_no_049_-_concede_t._de_cidadania_ao_sr._jose_ari_soares.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3582/projeto_d._legislativo_no_050_-_concede_t._de_cidadania_a_sra_josefa_de_a._melo_soares.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3583/projeto_d._legislativo_no_051_-_concede_c._literaria_luiz_c._guimaraes_a_sra__ma_jose_m._galvao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3584/projeto_d._legislativo_no_052_-_concede_t._de_cidadania_a_sra_elisane_nobrega_c._brito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3585/projeto_d._legislativo_no_053_-_concede_t._de_cidadania_a_sra_ana_m._santana_c._dantas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3586/projeto_d._legislativo_no_054_-_concede_t._de_cidadania_ao_sr._marcelo_bezerra_brandao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3587/projeto_d._legislativo_no_055_-_concede_t._de_cidadania_a_sra_walcida__de_c._rocha_brandao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3588/projeto_d._legislativo_no_056_-_concede_t._de_cidadania_ao_sr._sinderley_j._bezerra_de_menezes.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3589/projeto_d._legislativo_no_057_-_concede_t._de_cidadania_ao_sr._edmundo_gentili.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_d._legislativo_no_058_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._jose_u._de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_d._legislativo_no_060_-_concede_m._emmanuel_bezerra_dos_santos_-_a_luna_m._silva_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3635/projeto_d._legislativo_no_061_-_concede_m._mons._paulo_heroncio_-_a_sra_izabel_cristina_m._dantas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3636/projeto_d._legislativo_no_062_-_concede_m._mons_paulo_heroncio_-_a_sra_alana_de_morais_garcia.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3637/projeto_d._legislativo_no_063_-_concede_t._cidadania_-_a_ma_de_fatima_o._matos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3638/projeto_d._legislativo_no_064_-_concede_t._de_cidadania_a_sra_cleide_de_m._alves_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3639/projeto_d._legislativo_no_065_-_concede_t._de_cidadania_curraisnovense.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3640/projeto_d._legislativo_no_066_-_concede_t._de_cidadania_a_sra_iracema_r._dos_santos_brito.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_d._legislativo_no_067_-_concede_t._cidadania_-_ao_sr._carlos_a._freire_da_silva.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3642/projeto_d._legislativo_no_068_-_concede_m.__josenildo_paizinho_dantas_-_ao_sr._francisco_p._da_silva.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3643/projeto_d._legislativo_no_069_-_concede_t._cidadania_ao_sr._nelson_januario_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3644/projeto_d._legislativo_no_070_-_concede_m._desportivo_prof._jorge_guimaraes_ao_sr._maciel_d._de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3645/projeto_d._legislativo_no_071_-_concede_m._mons__ausonio_de_araujo_filho_-_ao_sr._janilson_a._de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3646/projeto_d._legislativo_no_072_-_concede_t._de_cidadania_ao_sr._janilson_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3647/projeto_d._legislativo_no_073_-_concede_t._de_cidadania_ao_sr._railson_da_costa_salustio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3648/projeto_d._legislativo_no_074_-_concede_t._de_amigo_da_cidade_a_sra_ivania_ma_de_oliveira_torres.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3649/projeto_d._legislativo_no_075_-_concede_t._de_amigo_da_cidade_a_sra_marinez_lins_s._januario.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3650/projeto_d._legislativo_no_076_-_concede_t._de_amigo_da_cidade_asra_joana_b._da_silva_garcia.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3651/projeto_d._legislativo_no_077_-_concede_t._de_amigo_da_cidade_a_sra_francisca_f._de_araujo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3652/projeto_d._legislativo_no_078_-_concede_merito_mons_paulo_heroncio_-_ao_sr._mairton_d._castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3653/projeto_d._legislativo_no_079_-_concede_merito_jose_siderley_ao_sr._icaro_cesar_c._b._de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3654/projeto_d._legislativo_no_080_-_concede_t._de_cidadania_-_ao_sr._vicente_paulo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3655/projeto_d._legislativo_no_081_-_concede_m._jose_sinderley_de_menezes_-_ao_sr._cesar_moreno.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3656/projeto_d._legislativo_no_082_-_concede_m._mons_p._heroncio_ao_sr._eann_styvenson_v._mendes.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3657/projeto_d._legislativo_no_082_-_concede_merito_mons_p._heroncio_ao_senador__eann_styvenson_v._mendes.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3658/projeto_d._legislativo_no_084_-_concede_c._literaria__luiz_c._guimaraes_a_sra_ana_l._de_s._freitas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3659/projeto_d._legislativo_no_085_-_concede_t._de_amigo_da_cidade_a__sra_ma_de_lourdes_dantas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3931/requerimento_-_protocolo_no_77_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3932/requerimento_-_protocolo_no_318_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3933/requerimento_-_protocolo_no_390_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3934/requerimento_-_protocolo_no_470_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3935/requerimento_-_protocolo_no_487_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3936/requerimento_-_protocolo_no_496_-_ao_presidente_da_camara_municipal_de_currais_novos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3937/requerimento_-_protocolo_no_559_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3938/requerimento_-_protocolo_no_611_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3939/requerimento_-_protocolo_no_1296_-_ao_presidente_da_camara_m._de_currisi_novos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3940/requerimento_-_protocolo_no_1897_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3941/requerimento_-_protocolo_no_2001_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3942/requerimento_-_protocolo_no_2497_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3943/requerimento_-_protocolo_no_2498_-_ao_presidente_da_camara.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3944/requerimento_-_protocolo_no_2500_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3945/requerimento_-_protocolo_no_2590_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3946/requerimento_-_protocolo_no_2591_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3947/requerimento_-_protocolo_no_2614_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3948/requerimento_-_protocolo_no_2835_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3949/requerimento_-_protocolo_no_3094_-_ao_presidente_da_camara_municipal_de_currais_novos_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3950/requerimento_-_protocolo_no_3101_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3951/requerimento_-_protocolo_no_3334_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3952/requerimento_-_protocolo_no_3369_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3953/requerimento_-_protocolo_no_3679_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3954/requerimento_-_protocolo_no_4017_-_ao_presidente_da_camara_municipal_de_c._novos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3955/requerimento_-_protocolo_no_4058_-_ao_presidente_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3867/indicacao_-_prot._no__17_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3868/indicacao_-_prot._no__18_-_ao_diretor_do_escritorio_local_da_caern.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3869/indicacao_-_prot._no__19_-_ao_secretario_m._de_infrarestrutura.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3870/indicacao_-_prot._no__21_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3871/indicacao_-_prot._no__23_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3872/indicacao_-_prot._no__24_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3873/indicacao_-_prot._no__25_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3874/indicacao_-_prot._no__26_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3875/indicacao_-_prot._no__27_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3876/indicacao_-_prot._no__28_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3877/indicacao_-_prot._no__29_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3878/indicacao_-_prot._no__30_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3879/indicacao_-_prot._no__31_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3880/indicacao_-_prot._no__32_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura___.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3881/indicacao_-_prot._no__35_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3882/indicacao_-_prot._no__36_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3883/indicacao_-_prot._no__37_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3884/indicacao_-_prot._no__38_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3885/indicacao_-_prot._no__39_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3886/indicacao_-_prot._no__40_-_ao_prefeito_ext._ao_sec._mun._de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3887/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3888/indicacao_-_prot._no__41_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3889/indicacao_-_prot._no__45_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3891/indicacao_-_prot._no__50_-_ao_diretor_do_escritorio_local_do_dnit.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3892/indicacao_-_prot._no__52_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3893/indicacao_-_prot._no__54_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3894/indicacao_-_prot._no__55_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3895/indicacao_-_prot._no__56_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura_.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3896/indicacao_-_prot._no__57_-_ao_prefeito_ext._ao_sec._mun._de_infraestrrutura.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3897/indicacao_-_prot._no__58_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3898/indicacao_-_prot._no__59_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3899/indicacao_-_prot._no__73_-_ao_prefeito_ext._a_sec._mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3900/indicacao_-_prot._no__74_-_ao_prefeito_ext._ao_sec._mun._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3901/indicacao_-_prot._no__682_-_ao_escritorio_local_da_cosern.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3902/indicacao_-_prot._no__755_-_ao_prefeito_municipal.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3903/indicacao_-_prot._no__756_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3904/indicacao_-_prot._no__757_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3905/indicacao_-_prot._no__760_-_ao_deputado_federal_benes_leocadio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3906/indicacao_-_prot._no__765_-_ao_secretario_m._de_infraestrurtura.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3907/indicacao_-_prot._no__766_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3908/indicacao_-_prot._no__767_-_ao_secretario_m._de_infraestrutura_.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3909/indicacao_-_prot._no__775_-_a_secretaria_m._de_saude.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3910/indicacao_-_prot._no__776_-_ao_secretario_m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3911/indicacao_-_prot._no__777_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3912/indicacao_-_prot._no__778_-_ao_prefeito_ext._ao_sec._m._de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3913/m._de_parabens_-_protocolo_no_0247_-_ao_rvmo_pe_welson_rodrigues_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3917/m._de_parabens_-_prot._no_1021_-_a_sra__nubia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3918/m._de_parabens_-_prot._no_1020_-_ao_sr._galuber_oliveira_constantino__.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3919/m._de_parabens_-_prot._no_1201_-_a_nova_diretoria_do_comade.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3920/m._de_parabens_-_prot._no_1202_-_a_sra_elaine_cristina_da_silva_moura.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3921/m._de_parabens_-_protocolo_no_1838_-_a_sra_paula_dantas_de_medeiros.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3922/m._de_aplauso_-_prot._no_2563_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3923/m._de_parabens_-_prot._no_2607_-_ao_sr._joao_b._guimaraes_jango.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3924/m._de_parabens_-_prot._no_3031_-_a_sra_ana_lucia_lopes_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3925/m._de_parabens_-_prot._no_3226_-_a_sra_luziani_dos_santos_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3926/m._de_parabens_-_prot._no_3589_-_a_sra_rosicleide_dos_santos_alves_soares.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3927/m._de_parabens_-_protocolo_no_3787_-_ao_sr._romario_brandao_pereira_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3928/m._de_parabens_-_prot._no_3811_-_a_sra_jariana_macedo_dantas_simoes.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3929/m._de_parabens_-_protocolo_no_3786_-_ao_sr._claudio_richardson_v._campelo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curraisnovos.rn.leg.br/media/sapl/public/materialegislativa/2021/3930/ao_geoparque_serido.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="171.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="190.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="189.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>